--- v0 (2025-10-21)
+++ v1 (2025-12-03)
@@ -1,1143 +1,2411 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00876C7F" w:rsidRDefault="00450DE5" w:rsidP="0011639C">
+    <w:p w14:paraId="2BB07428" w14:textId="21D8476F" w:rsidR="00876C7F" w:rsidRPr="0011760F" w:rsidRDefault="00226558" w:rsidP="0011639C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...73 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-[...514 lines deleted...]
-          <w:b/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251724800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="048604D9" wp14:editId="44E2A0D3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-541020</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4587240</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6865620" cy="3512820"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="710769159" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6865620" cy="3512820"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1199467C" w14:textId="4DD85264" w:rsidR="002F6C23" w:rsidRPr="00FA682F" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                            <w:pPr>
+                              <w:pStyle w:val="NoSpacing"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="CC0099"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve">       </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve">This is us </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="100"/>
+                                <w:szCs w:val="100"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CAE3078" wp14:editId="18D151CF">
+                                  <wp:extent cx="1014730" cy="1014745"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="1674591722" name="Graphic 4" descr="Two Hearts outline"/>
+                                  <wp:cNvGraphicFramePr>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                  </wp:cNvGraphicFramePr>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="1674591722" name="Graphic 1674591722" descr="Two Hearts outline"/>
+                                          <pic:cNvPicPr/>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId8">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr>
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="1019946" cy="1019961"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="04113B28" w14:textId="22D73855" w:rsidR="002F6C23" w:rsidRPr="00FA682F" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                            <w:pPr>
+                              <w:pStyle w:val="NoSpacing"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve">a little bit  of </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Crazy</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> a little bit </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Loud</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="765D2BFB" w14:textId="288722F2" w:rsidR="002F6C23" w:rsidRPr="00226558" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                            <w:pPr>
+                              <w:pStyle w:val="NoSpacing"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="CC0099"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve">&amp; whole lot of </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FA682F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:noProof/>
+                                <w:color w:val="7030A0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                                  <w14:schemeClr w14:val="dk1">
+                                    <w14:alpha w14:val="60000"/>
+                                  </w14:schemeClr>
+                                </w14:shadow>
+                                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Love</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="048604D9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-42.6pt;margin-top:361.2pt;width:540.6pt;height:276.6pt;z-index:251724800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxmmbRLAIAAFEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+lxAKLESEFd0VVSW0&#10;uxJUezaOTSLFHtc2JPTrO3YCS7c9Vb2Y8czwPPPmTRb3rarJSVhXgc5pOhhSIjSHotKHnH7frT/N&#10;KHGe6YLVoEVOz8LR++XHD4vGZGIEJdSFsARBtMsak9PSe5MlieOlUMwNwAiNQQlWMY9Xe0gKyxpE&#10;V3UyGg6nSQO2MBa4cA69j12QLiO+lIL7Zymd8KTOKdbm42njuQ9nslyw7GCZKSvel8H+oQrFKo2P&#10;XqEemWfkaKs/oFTFLTiQfsBBJSBlxUXsAbtJh++62ZbMiNgLkuPMlSb3/2D50+nFkqrI6V06vJvO&#10;08mcEs0UjmonWk++QEvSwFJjXIbJW4PpvkU3Tvvid+gMzbfSqvCLbRGMI9/nK8cBjKNzOptOpiMM&#10;cYx9nqSjGV4QP3n7u7HOfxWgSDByanGIkVt22jjfpV5Swmsa1lVdx0HW+jcHYgZPEmrvagyWb/dt&#10;39AeijP2Y6HThTN8XeGbG+b8C7MoBKwTxe2f8ZA1NDmF3qKkBPvzb/6Qj/PBKCUNCiun7seRWUFJ&#10;/U3j5ObpeByUGC/jyV3gwt5G9rcRfVQPgNpNcY0Mj2bI9/XFlBbUK+7AKryKIaY5vp1TfzEffCd3&#10;3CEuVquYhNozzG/01vAAHUgLjO7aV2ZNT7vHiT3BRYIse8d+l9vRvTp6kFUcTSC4Y7XnHXUbh9vv&#10;WFiM23vMevsSLH8BAAD//wMAUEsDBBQABgAIAAAAIQAZIZ4r4AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3SPyDNUjsWpuoSZsQp0IgtlSUh8TOjadJRDyOYrcJf99hBcvRHN17brmd&#10;XS/OOIbOk4a7pQKBVHvbUaPh/e15sQERoiFrek+o4QcDbKvrq9IU1k/0iud9bASHUCiMhjbGoZAy&#10;1C06E5Z+QOLf0Y/ORD7HRtrRTBzuepkolUlnOuKG1gz42GL9vT85DR8vx6/Pldo1Ty4dJj8rSS6X&#10;Wt/ezA/3ICLO8Q+GX31Wh4qdDv5ENohew2KTJoxqWCfJCgQTeZ7xugOjyTrNQFal/D+iugAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBxmmbRLAIAAFEEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAZIZ4r4AAAAAwBAAAPAAAAAAAAAAAAAAAAAIYE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1199467C" w14:textId="4DD85264" w:rsidR="002F6C23" w:rsidRPr="00FA682F" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                      <w:pPr>
+                        <w:pStyle w:val="NoSpacing"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="CC0099"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve">       </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve">This is us </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="100"/>
+                          <w:szCs w:val="100"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CAE3078" wp14:editId="18D151CF">
+                            <wp:extent cx="1014730" cy="1014745"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="1674591722" name="Graphic 4" descr="Two Hearts outline"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="1674591722" name="Graphic 1674591722" descr="Two Hearts outline"/>
+                                    <pic:cNvPicPr/>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId10">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr>
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="1019946" cy="1019961"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="04113B28" w14:textId="22D73855" w:rsidR="002F6C23" w:rsidRPr="00FA682F" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                      <w:pPr>
+                        <w:pStyle w:val="NoSpacing"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve">a little bit  of </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Crazy</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> a little bit </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Loud</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="765D2BFB" w14:textId="288722F2" w:rsidR="002F6C23" w:rsidRPr="00226558" w:rsidRDefault="002F6C23" w:rsidP="00226558">
+                      <w:pPr>
+                        <w:pStyle w:val="NoSpacing"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="CC0099"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve">&amp; whole lot of </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FA682F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:noProof/>
+                          <w:color w:val="7030A0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                            <w14:schemeClr w14:val="dk1">
+                              <w14:alpha w14:val="60000"/>
+                            </w14:schemeClr>
+                          </w14:shadow>
+                          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Love</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00226558">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="100"/>
+          <w:szCs w:val="100"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28A57F10" wp14:editId="70084221">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07EA023D" wp14:editId="500B143F">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>4095750</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>157480</wp:posOffset>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>1645920</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1885950" cy="1387475"/>
-[...2 lines deleted...]
-            <wp:docPr id="6" name="Picture 6" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\g3_rainbow_dash_cutie_mark_by_rildraw-d489amx[1].png"/>
+            <wp:extent cx="2987040" cy="2461260"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="111510125" name="Picture 111510125" descr="A rock sign with text and leaves&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\g3_rainbow_dash_cutie_mark_by_rildraw-d489amx[1].png"/>
+                    <pic:cNvPr id="111510125" name="Picture 111510125" descr="A rock sign with text and leaves&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2987040" cy="2461260"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00226558">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="100"/>
+          <w:szCs w:val="100"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rockfield Nursery </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226558">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="100"/>
+          <w:szCs w:val="100"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="009C100B" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dear Parents/Carers</w:t>
+      </w:r>
+      <w:r w:rsidR="00876C7F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B64DC3A" w14:textId="77777777" w:rsidR="0011639C" w:rsidRPr="0011760F" w:rsidRDefault="0011639C" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B22696A" w14:textId="77777777" w:rsidR="00FA682F" w:rsidRPr="0011760F" w:rsidRDefault="00A85F9D" w:rsidP="00A85F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are delighted that you have chosen Rockfield Nursery for the care and education of your child. At Rockfield Nursery </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA682F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>we aim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA682F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide a happy, safe, caring, nurturing environment, where children and families can thrive in all aspects of their life. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356B6310" w14:textId="77777777" w:rsidR="0011760F" w:rsidRPr="00744B6B" w:rsidRDefault="0011760F" w:rsidP="00A85F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2732A334" w14:textId="2F92FFC8" w:rsidR="00A85F9D" w:rsidRPr="0011760F" w:rsidRDefault="00A85F9D" w:rsidP="00A85F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We aim to encourage the development of each child to enable them to maximise their potential within a caring, stimulating environment</w:t>
+      </w:r>
+      <w:r w:rsidR="0011760F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through the highest standards of professional practice in which children can flourish, physically, emotionally, socially and intellectually. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573F01BD" w14:textId="77777777" w:rsidR="00A85F9D" w:rsidRPr="00744B6B" w:rsidRDefault="00A85F9D" w:rsidP="00876C7F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3727A7F5" w14:textId="608F98F1" w:rsidR="00876C7F" w:rsidRPr="0011760F" w:rsidRDefault="0011760F" w:rsidP="00876C7F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our vision is children being at the centre of what we do, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">building a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community with an extended family, working together to support everyone, with a nurturing approach. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C57DB" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We look forward to working in partnership with you and you joining us at special events and family learning initiatives etc. throughout the year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07633E18" w14:textId="77777777" w:rsidR="00876C7F" w:rsidRPr="0011760F" w:rsidRDefault="00876C7F" w:rsidP="00876C7F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30556A30" w14:textId="5D73A055" w:rsidR="00876C7F" w:rsidRPr="0011760F" w:rsidRDefault="00876C7F" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="0011639C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e operate an </w:t>
+      </w:r>
+      <w:r w:rsidR="0011760F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>open-door</w:t>
+      </w:r>
+      <w:r w:rsidR="0011639C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy and if y</w:t>
+      </w:r>
+      <w:r w:rsidR="002A30E9" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou have any worries or concerns </w:t>
+      </w:r>
+      <w:r w:rsidR="0011639C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regarding your child’s progress or welfare please </w:t>
+      </w:r>
+      <w:r w:rsidR="002A30E9" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">speak to your child’s </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D78CE7" w14:textId="77777777" w:rsidR="0011639C" w:rsidRPr="0011760F" w:rsidRDefault="005C57DB" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00876C7F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00876C7F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">worker or a member of the </w:t>
+      </w:r>
+      <w:r w:rsidR="002A30E9" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>management team</w:t>
+      </w:r>
+      <w:r w:rsidR="00876C7F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who</w:t>
+      </w:r>
+      <w:r w:rsidR="0011639C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be happy to assist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F8D32B" w14:textId="77777777" w:rsidR="002A30E9" w:rsidRPr="0011760F" w:rsidRDefault="002A30E9" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C9E4FA" w14:textId="331CFBB2" w:rsidR="002A30E9" w:rsidRDefault="005C57DB" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We trust</w:t>
+      </w:r>
+      <w:r w:rsidR="0011639C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that this handbook </w:t>
+      </w:r>
+      <w:r w:rsidR="00876C7F" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will give you an insight into the life and work of the nursery.</w:t>
+      </w:r>
+      <w:r w:rsidR="00744B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please Scan the QR code below to enjoy a tour of Rockfield Nursery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F09774" w14:textId="12F8B388" w:rsidR="000F1B4E" w:rsidRDefault="006A2DBC" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251726848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EE11195" wp14:editId="7A9009E0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4410710</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>215265</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1748155" cy="1888490"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20264"/>
+                <wp:lineTo x="235" y="20917"/>
+                <wp:lineTo x="942" y="21353"/>
+                <wp:lineTo x="20478" y="21353"/>
+                <wp:lineTo x="21184" y="20917"/>
+                <wp:lineTo x="21420" y="20264"/>
+                <wp:lineTo x="21420" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="3" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
-                    <a:xfrm rot="2607401">
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1885950" cy="1387475"/>
+                      <a:ext cx="1748155" cy="1888490"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00302BB7" w:rsidRPr="00302BB7" w:rsidRDefault="002A185C" w:rsidP="009C100B">
+    <w:p w14:paraId="7DC66E13" w14:textId="79FAD1AF" w:rsidR="000F1B4E" w:rsidRPr="0011760F" w:rsidRDefault="000F1B4E" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1B4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>https://www.youtube.com/watch?v=U3uH5325agk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646218D2" w14:textId="2F59615B" w:rsidR="00876C7F" w:rsidRPr="0011760F" w:rsidRDefault="00876C7F" w:rsidP="0011639C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12ED7ADE" w14:textId="5D395DA8" w:rsidR="00302BB7" w:rsidRPr="0011760F" w:rsidRDefault="006A0E94" w:rsidP="00131D5C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rockfield</w:t>
+      </w:r>
+      <w:r w:rsidR="00131D5C" w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nursery </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8F4F5F" w14:textId="3867A5BA" w:rsidR="00F66BD2" w:rsidRPr="0011760F" w:rsidRDefault="00F66BD2" w:rsidP="00F66BD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>70 Rockfield Road</w:t>
+      </w:r>
+      <w:r w:rsidR="00744B6B" w:rsidRPr="00744B6B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E4B63F" w14:textId="0ABD6B65" w:rsidR="00F66BD2" w:rsidRPr="0011760F" w:rsidRDefault="00F66BD2" w:rsidP="00F66BD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Barmulloch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78305458" w14:textId="2E4E26A7" w:rsidR="00F66BD2" w:rsidRPr="0011760F" w:rsidRDefault="00F66BD2" w:rsidP="00874422">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Glasgow G21 3DZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71209C6B" w14:textId="0EA7A4D9" w:rsidR="00131D5C" w:rsidRPr="00A85F9D" w:rsidRDefault="006A0E94" w:rsidP="00F66BD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Telephone: 0141 558 1754</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1D96CE" w14:textId="52CBA400" w:rsidR="002A30E9" w:rsidRDefault="00A85F9D" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092F1FE7" w14:textId="025B89B5" w:rsidR="002A30E9" w:rsidRDefault="002A30E9" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE783D5" w14:textId="05AE8DE1" w:rsidR="00302BB7" w:rsidRPr="00302BB7" w:rsidRDefault="00A85F9D" w:rsidP="009C100B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Palace Script MT" w:hAnsi="Palace Script MT"/>
           <w:b/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palace Script MT" w:hAnsi="Palace Script MT"/>
           <w:b/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>Fiona Weir</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00302BB7" w:rsidRDefault="00302BB7" w:rsidP="009C100B">
+        <w:t xml:space="preserve">Elaine Madden </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C8376A" w14:textId="506BDD8A" w:rsidR="00D444C5" w:rsidRDefault="0011760F" w:rsidP="00D444C5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r w:rsidRPr="0011760F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251725824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="011D4C7B" wp14:editId="526D67D9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5029200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>4445</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="914400" cy="914400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1317148207" name="Graphic 4" descr="Two Hearts outline"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1674591722" name="Graphic 1674591722" descr="Two Hearts outline"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId15"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="914400" cy="914400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00A85F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elaine Madden    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C9F89A" w14:textId="77777777" w:rsidR="00744B6B" w:rsidRDefault="002A30E9" w:rsidP="00744B6B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fiona Weir</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>Head of Nursery</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00131D5C" w:rsidRDefault="00131D5C" w:rsidP="009C100B">
-[...11 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="0C651064" w14:textId="4467FFB7" w:rsidR="002A30E9" w:rsidRDefault="00131D5C" w:rsidP="00744B6B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C100B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail address: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="007D7CE8" w:rsidRPr="00DC5B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>headteacher@rockfield-nursery.glasgow.sch.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A0E94">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002120D1" w:rsidRPr="002120D1" w:rsidRDefault="002120D1" w:rsidP="009C100B">
+    <w:p w14:paraId="1C328B58" w14:textId="77777777" w:rsidR="002120D1" w:rsidRPr="002120D1" w:rsidRDefault="002120D1" w:rsidP="009C100B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="009C100B">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="113BF457" w14:textId="58187F7F" w:rsidR="00060960" w:rsidRDefault="00A85F9D" w:rsidP="00495396">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="00060960">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:noProof/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Values, Visions and Aims</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAB28EC" w14:textId="77777777" w:rsidR="00060960" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B49BFC7" w14:textId="1D5E4BF3" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Rockfield </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ursery we provide a welcoming and friendly environment which celebrates the diversity of our community. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023656AA" w14:textId="16C8A9AA" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A45027" w14:textId="4ADC5404" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We embed nurture in our interactions with children</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> families and visitors</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which creates an environment where everyone feels safe</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> happy </w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valued.  This is achieved through our values visions and aims</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> working together with children, families and the whole </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>community</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3C280B" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9FED0F" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vision </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B563E20" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="169A3E20" w14:textId="5468B436" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children being at the centre of what we do, and a community with an extended family, working together to support everyone, with a nurturing approach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364E05B3" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A3D8715" w14:textId="2AD8D51E" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Values </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55740F6A" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="608026BA" w14:textId="6FD77EFF" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensuring everyone feels included, valued and respected. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5AA9E1" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4433DD54" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Aims</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BEA906" w14:textId="77777777" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716705EC" w14:textId="573B66F4" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The aim of our nursery is to provide a happy, safe, caring nurturing environment where children and families can thrive in all aspects of their life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185B1829" w14:textId="7D80EF2E" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00060960" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79BAA63F" w14:textId="5664B78A" w:rsidR="00060960" w:rsidRPr="00BD654F" w:rsidRDefault="00495396" w:rsidP="00060960">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B31B80B" wp14:editId="5D6E46E6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A2B384" wp14:editId="0D0F5E83">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>4933949</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-533400</wp:posOffset>
+              <wp:posOffset>40005</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1304925" cy="1304925"/>
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Picture 3" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\2137737248_e9f3e429d1_b[1].jpg"/>
+            <wp:extent cx="1979930" cy="2773045"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="8255"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21516"/>
+                <wp:lineTo x="21406" y="21516"/>
+                <wp:lineTo x="21406" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="778112315" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\2137737248_e9f3e429d1_b[1].jpg"/>
+                    <pic:cNvPr id="778112315" name="Picture 2"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId18"/>
+                        </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
-                    <a:xfrm flipH="1">
+                  <pic:spPr>
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1304925" cy="1304925"/>
+                      <a:ext cx="1979930" cy="2773045"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="006852FE">
+    </w:p>
+    <w:p w14:paraId="51B4E9D9" w14:textId="2C5BFC51" w:rsidR="002120D1" w:rsidRDefault="00060960" w:rsidP="00F903CC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Meet the Team:</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="006852FE">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Meet the T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F903CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="006852FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>am:</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2379">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247C16DB" w14:textId="74838DF5" w:rsidR="0030128E" w:rsidRPr="002120D1" w:rsidRDefault="0030128E" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9958" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3324"/>
         <w:gridCol w:w="3216"/>
         <w:gridCol w:w="3418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0015061A" w:rsidTr="006B264F">
+      <w:tr w:rsidR="0015061A" w14:paraId="0C074B96" w14:textId="77777777" w:rsidTr="001A550C">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015061A" w:rsidRPr="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="0015061A">
+          <w:p w14:paraId="528BE1DE" w14:textId="77777777" w:rsidR="0015061A" w:rsidRPr="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="0015061A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="0015061A" w:rsidRPr="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>osition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015061A" w:rsidRPr="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="0015061A">
+          <w:p w14:paraId="5B64E095" w14:textId="77777777" w:rsidR="0015061A" w:rsidRPr="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="0015061A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="0015061A" w:rsidRPr="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015061A" w:rsidRPr="00AA517C" w:rsidRDefault="00B65F62" w:rsidP="0015061A">
+          <w:p w14:paraId="63AD2103" w14:textId="77777777" w:rsidR="0015061A" w:rsidRDefault="00B65F62" w:rsidP="0015061A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
@@ -1149,12904 +2417,15344 @@
               <w:t>Q</w:t>
             </w:r>
             <w:r w:rsidR="0015061A" w:rsidRPr="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ualification</w:t>
             </w:r>
             <w:r w:rsidR="00AA517C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4808934A" w14:textId="77777777" w:rsidR="001A550C" w:rsidRPr="00AA517C" w:rsidRDefault="001A550C" w:rsidP="0015061A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0015061A" w:rsidTr="006B264F">
+      <w:tr w:rsidR="0015061A" w14:paraId="406E0E08" w14:textId="77777777" w:rsidTr="001A550C">
         <w:trPr>
-          <w:trHeight w:val="1031"/>
+          <w:trHeight w:val="986"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00B2084D" w:rsidP="0058777E">
+          <w:p w14:paraId="0EEB7AD5" w14:textId="626A2249" w:rsidR="00E74BA9" w:rsidRPr="00BD654F" w:rsidRDefault="0015061A" w:rsidP="0058777E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Nursery</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00E74BA9" w:rsidP="0015061A">
+          <w:p w14:paraId="67D9AB2F" w14:textId="77777777" w:rsidR="00E74BA9" w:rsidRPr="00BD654F" w:rsidRDefault="001A550C" w:rsidP="001A550C">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00F903CC" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eputy</w:t>
+            </w:r>
+            <w:r w:rsidR="00E74BA9" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> He</w:t>
+            </w:r>
+            <w:r w:rsidR="00F903CC" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E74BA9" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d of Nursery</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00E74BA9" w:rsidP="0015061A">
+          <w:p w14:paraId="15415FF3" w14:textId="77777777" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="001A550C" w:rsidP="001A550C">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Depute Head of Nursery</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Team Leader </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="320AB95E" w14:textId="4DBBED23" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="001A550C" w:rsidP="001A550C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acting Team Leader </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00B2084D" w:rsidP="0058777E">
+          <w:p w14:paraId="6076121B" w14:textId="27329B45" w:rsidR="00E74BA9" w:rsidRPr="00BD654F" w:rsidRDefault="00A85F9D" w:rsidP="0058777E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Fiona Weir</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elaine Madden </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00E74BA9" w:rsidP="0015061A">
+          <w:p w14:paraId="733D9451" w14:textId="77777777" w:rsidR="00E74BA9" w:rsidRPr="00BD654F" w:rsidRDefault="00A85F9D" w:rsidP="0015061A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lesley Hyka </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00F93324" w:rsidP="0015061A">
+          <w:p w14:paraId="3CADA506" w14:textId="77777777" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="001A550C" w:rsidP="0015061A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Elaine Madden</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kirsten Hamilton    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48592412" w14:textId="6EAD68E8" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="0097504A" w:rsidP="0015061A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linda Reynolds </w:t>
+            </w:r>
+            <w:r w:rsidR="00A766C8" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A550C" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A185C" w:rsidRPr="00A93471" w:rsidRDefault="00B65F62" w:rsidP="0058777E">
+          <w:p w14:paraId="1EC9A972" w14:textId="77777777" w:rsidR="002A185C" w:rsidRPr="00BD654F" w:rsidRDefault="00B65F62" w:rsidP="0058777E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="002A185C" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="002A185C" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>BA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A185C" w:rsidRPr="00A93471" w:rsidRDefault="002A185C" w:rsidP="00B2084D">
+          <w:p w14:paraId="4792C8E0" w14:textId="77777777" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="002A185C" w:rsidP="001A550C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00F903CC" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A550C" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="002A185C" w:rsidRPr="00A93471" w:rsidRDefault="002A185C" w:rsidP="00B2084D">
+          <w:p w14:paraId="4512812A" w14:textId="77777777" w:rsidR="00A766C8" w:rsidRPr="00BD654F" w:rsidRDefault="001A550C" w:rsidP="001A550C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    NNEB -PDA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A3222CF" w14:textId="5966C7B0" w:rsidR="001A550C" w:rsidRPr="00BD654F" w:rsidRDefault="00A766C8" w:rsidP="001A550C">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    HNC</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>.    PDA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0015061A" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00AE0A56" w14:paraId="2395092D" w14:textId="77777777" w:rsidTr="00A766C8">
         <w:trPr>
-          <w:trHeight w:val="778"/>
+          <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C4573C" w:rsidRPr="00A93471" w:rsidRDefault="0015061A" w:rsidP="0015061A">
+          <w:p w14:paraId="122E0FB7" w14:textId="204F6903" w:rsidR="00AE0A56" w:rsidRPr="00BD654F" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Team Leader</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1DAC5C" w14:textId="169D0181" w:rsidR="00AE0A56" w:rsidRPr="00BD654F" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="696A06D5" w14:textId="0D9E8D3C" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00A766C8">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE0A56" w14:paraId="73E0E688" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACE735C" w14:textId="77777777" w:rsidR="00AE0A56" w:rsidRPr="00BD654F" w:rsidRDefault="00AE0A56" w:rsidP="00761292">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child Development Office</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C4573C" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00C4573C">
+          <w:p w14:paraId="278DB720" w14:textId="624FCA18" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00761292">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">                                  </w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Child Development Officer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00F93324" w:rsidP="0058777E">
+          <w:p w14:paraId="34782DF4" w14:textId="77777777" w:rsidR="00AE0A56" w:rsidRPr="00BD654F" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Hamilton                                                    </w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anne-Marie Colvan</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E74BA9" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...1 lines deleted...]
-              <w:t>Vacancy</w:t>
+          <w:p w14:paraId="02B70DD0" w14:textId="3F454915" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00AE0A56">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jodi Dickie </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015061A" w:rsidRPr="00A93471" w:rsidRDefault="00D444C5" w:rsidP="0058777E">
+          <w:p w14:paraId="6984B665" w14:textId="77777777" w:rsidR="00AE0A56" w:rsidRPr="00BD654F" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">    NNEB -PDA.</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    HNC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C4573C" w:rsidRPr="00A93471" w:rsidRDefault="00C4573C" w:rsidP="0015061A">
+          <w:p w14:paraId="4399871B" w14:textId="5F54A8CD" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00AE0A56">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    HNC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="05CAFF71" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="15F8EA71" w14:textId="53E5E263" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...133 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="0946AE6C" w14:textId="5F16654F" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Jemma Davidson</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kat</w:t>
+            </w:r>
+            <w:r w:rsidR="0097504A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hleen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Douglas</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="779E0FA4" w14:textId="28402560" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    HNC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="01892E06" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="57B64513" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="0684DE7F" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Doyle</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tracyann Doyle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="32585387" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    HNC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="6D33B920" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="06B756B4" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="4285E58C" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laura Grieve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="25C40D01" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    HNC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w:rsidRPr="00F903CC" w14:paraId="1F3AE08C" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7451F1B0" w14:textId="080F5332" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Child Development Officer </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B1F0E4" w14:textId="58B3C7F4" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aimee Jeffreys </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7373095B" w14:textId="6A323E8A" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    HNC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F903CC" w:rsidRPr="00F903CC" w14:paraId="1A083B65" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C51155" w14:textId="77927882" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Child Development Officer </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1336C5BE" w14:textId="625EE60F" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natalie Robinson </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374CD806" w14:textId="52B3BC24" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    HNC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F903CC" w14:paraId="54F9E962" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DB43AB" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="1EBFD6E2" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Lesley </w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Charlene McLaren</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="40A354D3" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">    HNC</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    BA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="198B9C79" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127B406D" w14:textId="311D9B74" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6357B0" w14:textId="2B81E43C" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0727B65C" w14:textId="79396FC5" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F903CC" w14:paraId="1191F939" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1BFE9883" w14:textId="4CCE41FC" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112DA92B" w14:textId="000B4E7A" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBF865A" w14:textId="57E179D2" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F903CC" w14:paraId="7D1E18E6" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2812C0F9" w14:textId="71346DF7" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00EE115B" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Child Development Officer </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7281CBF3" w14:textId="1CE43EC1" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00EE115B" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Keri McGinley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="787A0BA8" w14:textId="7650A710" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00EE115B" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    HNC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F903CC" w14:paraId="72BC3C92" w14:textId="77777777" w:rsidTr="006B264F">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AE2CEA" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="62FDBC23" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Caitlin </w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jean Moffat</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="3B276E38" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">    HNC</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    SNNEB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0A56" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="4D44DF54" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
-          <w:trHeight w:val="333"/>
+          <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3A6CB243" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Child Development Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE0A56" w:rsidRPr="00A93471" w:rsidRDefault="00AE0A56" w:rsidP="00AE0A56">
+          <w:p w14:paraId="76FF8CAD" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...334 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Samantha Scott</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="44C4CEF8" w14:textId="0ECC4D67" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">    HNC</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    BA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="63D5F662" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E">
-[...6 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="66386E2F" w14:textId="618D21CF" w:rsidR="00F903CC" w:rsidRPr="001A550C" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="1DE7E4A8" w14:textId="05BDE880" w:rsidR="00F903CC" w:rsidRPr="001A550C" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="00355EB6">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="643BC3DE" w14:textId="4EC20EC8" w:rsidR="00F903CC" w:rsidRPr="001A550C" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="2D711D2E" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="225A0C88" w14:textId="10DB2C30" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="006B264F" w:rsidP="0039182E">
+          <w:p w14:paraId="739F8BB4" w14:textId="212B2FF2" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="006B264F" w:rsidRDefault="006B264F" w:rsidP="0039182E">
+          <w:p w14:paraId="4ABF7179" w14:textId="11F5E3A7" w:rsidR="00F903CC" w:rsidRPr="006B264F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="5B0ACE2E" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070EBC" w:rsidRPr="00A93471" w:rsidRDefault="00070EBC" w:rsidP="0039182E">
+          <w:p w14:paraId="6779289A" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="2E17934F" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Support for Learning Worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070EBC" w:rsidRPr="00A93471" w:rsidRDefault="00070EBC" w:rsidP="0039182E">
+          <w:p w14:paraId="597AFEBC" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="5E8B659C" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laura Mathieson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0015061A">
+          <w:p w14:paraId="24C6006B" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="7F081C2D" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="48949539" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Support for Learning Worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="072D95BC" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Catherine McLaughlin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="7AD60198" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="189A8E52" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="752DE334" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Support for Learning Worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="006B264F" w:rsidP="0039182E">
+          <w:p w14:paraId="7C7241A4" w14:textId="7D6FA5CA" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Brooke Ryan </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kelly  Paterson</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="464D253E" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="0BB475D0" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0015061A">
+          <w:p w14:paraId="7C52AE9C" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="00CF1F98">
+          <w:p w14:paraId="0B019A2D" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0015061A">
+          <w:p w14:paraId="57845B6E" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="5BE80DD2" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="251860CA" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Janitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="3345F003" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kerry Mullen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0015061A">
+          <w:p w14:paraId="1D1579A2" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="0C8F2664" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="7067268D" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dining attendant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="7DEFD58D" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00EE115B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...18 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stephanie Lynn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="00C91C9F" w:rsidP="0039182E">
+          <w:p w14:paraId="782FE574" w14:textId="04544EC4" w:rsidR="00EE115B" w:rsidRPr="00BD654F" w:rsidRDefault="00EE115B" w:rsidP="00EE115B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Elizabeth Main</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victoria </w:t>
+            </w:r>
+            <w:r w:rsidR="00A714BA" w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>McConnell</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="00AE0A56"/>
+          <w:p w14:paraId="608294B1" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w14:paraId="4CE47144" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0039182E">
+          <w:p w14:paraId="6AC086DE" w14:textId="1C15C9AA" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="0039182E">
+          <w:p w14:paraId="45D27663" w14:textId="0FDB98D7" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="00AE0A56"/>
+          <w:p w14:paraId="3614894F" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00A93471" w:rsidRDefault="00F903CC" w:rsidP="00F903CC"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0058777E" w:rsidTr="006B264F">
+      <w:tr w:rsidR="00F903CC" w:rsidRPr="00BD654F" w14:paraId="3E92D654" w14:textId="77777777" w:rsidTr="006B264F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="00BC6D59" w:rsidP="0015061A">
+          <w:p w14:paraId="72DA282C" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clerical assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="00BC6D59" w:rsidP="00BC6D59">
+          <w:p w14:paraId="766949C0" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93471">
-[...4 lines deleted...]
-              <w:t>Marian Ferguson</w:t>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lisa Brown </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36442475" w14:textId="34FBDBBD" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD654F">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Michelle Stevenson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0058777E" w:rsidRPr="00A93471" w:rsidRDefault="0058777E" w:rsidP="0006120E">
+          <w:p w14:paraId="6F377BBC" w14:textId="77777777" w:rsidR="00F903CC" w:rsidRPr="00BD654F" w:rsidRDefault="00F903CC" w:rsidP="00F903CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A93471" w:rsidRDefault="00A93471" w:rsidP="00DD4CD2">
-[...21 lines deleted...]
-    <w:p w:rsidR="009C100B" w:rsidRDefault="006A0E94" w:rsidP="00DD4CD2">
+    <w:p w14:paraId="2235383F" w14:textId="77777777" w:rsidR="00A93471" w:rsidRPr="00BD654F" w:rsidRDefault="00A93471" w:rsidP="00DD4CD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBB99A8" w14:textId="584C16EB" w:rsidR="00A93471" w:rsidRDefault="00A93471" w:rsidP="00DD4CD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E02BAE4" w14:textId="386B620C" w:rsidR="009C100B" w:rsidRDefault="006A0E94" w:rsidP="00DD4CD2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Rockfield</w:t>
       </w:r>
       <w:r w:rsidR="009C100B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nurse</w:t>
       </w:r>
       <w:r w:rsidR="005C57DB">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ry is registered by the Care Inspectorate to provide a service for </w:t>
       </w:r>
       <w:r w:rsidR="008E2165">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9 children aged 0-2 years, 15 children aged 2-3 years, and 48 children aged 3 years up to school age, at any one session.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00902D55" w:rsidRDefault="00902D55" w:rsidP="00DD4CD2">
-[...119 lines deleted...]
-    <w:p w:rsidR="00FD3CAF" w:rsidRDefault="00FD3CAF" w:rsidP="005C3002">
+    <w:p w14:paraId="39C89638" w14:textId="4D2C15F6" w:rsidR="00902D55" w:rsidRDefault="00902D55" w:rsidP="00DD4CD2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9DE14C" w14:textId="0A9D44EC" w:rsidR="00FD3CAF" w:rsidRDefault="00B76C0A" w:rsidP="005C3002">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51DAF016" wp14:editId="57395F1F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="662DE991" wp14:editId="2BDD6CCE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4667250</wp:posOffset>
+              <wp:posOffset>5206365</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>233680</wp:posOffset>
+              <wp:posOffset>-229870</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1447800" cy="1362075"/>
-            <wp:effectExtent l="19050" t="19050" r="19050" b="28575"/>
+            <wp:extent cx="1104900" cy="1039478"/>
+            <wp:effectExtent l="19050" t="19050" r="19050" b="27940"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Picture 14" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\dreamstime_m_58998156[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\dreamstime_m_58998156[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1447800" cy="1362075"/>
+                      <a:ext cx="1104900" cy="1039478"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="accent1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00726950" w:rsidRPr="00A95505">
+    </w:p>
+    <w:p w14:paraId="15D919EC" w14:textId="1F43BD37" w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="005C3002">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95505">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School Holidays </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C42935" w14:textId="78191C10" w:rsidR="00AA517C" w:rsidRPr="00A95505" w:rsidRDefault="00AA517C" w:rsidP="00726950">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346DB21E" w14:textId="269A4BA0" w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="00726950">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95505">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of holiday dates are available on the Glasgow City Council website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00726950" w:rsidRPr="004068E0">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="004068E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.glasgow.gov.uk/index.aspx?articleid=9418</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="00726950">
+    <w:p w14:paraId="6F56F6E5" w14:textId="3B64F5AC" w:rsidR="00AA517C" w:rsidRDefault="00AA517C" w:rsidP="00726950">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9258" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="School Holidays"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2132"/>
         <w:gridCol w:w="7126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="11B17155" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="764AB2C3" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Return Date for Pupils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="005C3002" w:rsidRDefault="006B264F" w:rsidP="006F0879">
+          <w:p w14:paraId="2AB8E18C" w14:textId="2B76FD25" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00BB2D5A" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="505050"/>
-[...4 lines deleted...]
-              <w:t>Monday 16</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wednesday 14</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B264F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="505050"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="en" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Times New Roman" w:hAnsi="Comic Sans MS" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="505050"/>
-[...29 lines deleted...]
-              <w:t>21</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> August 2024 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="523A9480" w14:textId="77777777" w:rsidTr="00BB2D5A">
         <w:trPr>
+          <w:trHeight w:val="870"/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="5F558991" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>September Weekend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="006F0879">
+          <w:p w14:paraId="2A5A161A" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Friday 2</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="009C62D7" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Monday </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>September 20</w:t>
+            </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879" w:rsidRPr="006F0879">
+          </w:p>
+          <w:p w14:paraId="152DBCFC" w14:textId="77777777" w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A" w:rsidRDefault="00BB2D5A" w:rsidP="006F0879">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F8B68A6" w14:textId="5D0EA06F" w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A" w:rsidRDefault="00BB2D5A" w:rsidP="006F0879">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB2D5A" w:rsidRPr="00A95505" w14:paraId="04EB528A" w14:textId="77777777" w:rsidTr="00BB2D5A">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+          <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B089670" w14:textId="1453BBFC" w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A" w:rsidRDefault="00BB2D5A" w:rsidP="00726950">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-service Day </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23801D28" w14:textId="398D4620" w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A" w:rsidRDefault="00BB2D5A" w:rsidP="006F0879">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Friday 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
-[...72 lines deleted...]
-              <w:t>21</w:t>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> October </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="4F867000" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="2C5FD76E" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>First Mid-Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="006F0879">
+          <w:p w14:paraId="73D86422" w14:textId="2A123C30" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Monday </w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...6 lines deleted...]
-              <w:t>11</w:t>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F" w:rsidRPr="006B264F">
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Friday </w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...6 lines deleted...]
-              <w:t>15</w:t>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879" w:rsidRPr="006F0879">
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">October </w:t>
             </w:r>
-            <w:r w:rsidR="009C62D7" w:rsidRPr="009C39DF">
+            <w:r w:rsidR="009C62D7" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...6 lines deleted...]
-              <w:t>21</w:t>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009C62D7" w:rsidRPr="009C39DF">
+            <w:r w:rsidR="00BB2D5A" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="009C62D7" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(inclusive)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="0FA31D98" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="73838F62" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Christmas/New Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="006B264F" w:rsidP="006F0879">
+          <w:p w14:paraId="19208536" w14:textId="3CC5E375" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Wednesday 22</w:t>
+              <w:t>Monday 23</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B264F">
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>nd</w:t>
+              <w:t>rd</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
+            <w:r w:rsidR="00726950" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>December 20</w:t>
             </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
+            <w:r w:rsidR="00726950" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
+            <w:r w:rsidR="00726950" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tuesday 4</w:t>
+              <w:t>Friday 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B264F">
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>th</w:t>
+              <w:t>rd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> January 2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00726950" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...36 lines deleted...]
-              <w:t>* Please note that schools will close at 2.30pm on the last school day before the holiday</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="1C0DCC34" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="7FB313CD" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="006F0879">
+          <w:p w14:paraId="140B9989" w14:textId="297E42F9" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
+            <w:r w:rsidR="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="12F799E2" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="006F0879">
+          <w:p w14:paraId="585F998A" w14:textId="69BC658D" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
+            <w:r w:rsidR="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Return to School</w:t>
+              <w:t xml:space="preserve"> Return to </w:t>
+            </w:r>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nursery </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="006B264F" w:rsidP="006F0879">
+          <w:p w14:paraId="66923B3E" w14:textId="5335A1D5" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Wednesday 5</w:t>
+              <w:t>Monday 6</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B264F">
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> January 2022</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B264F" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>January 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="10BA060F" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="3FD73D35" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Second Mid-Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="006F0879">
+          <w:p w14:paraId="116E889F" w14:textId="77777777" w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="006F0879">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Monday </w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...6 lines deleted...]
-              <w:t>14</w:t>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F" w:rsidRPr="006B264F">
+            <w:r w:rsidR="00586440" w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> February and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tuesday </w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0879" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
-[...8 lines deleted...]
-              <w:t>and</w:t>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>February</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Tuesday </w:t>
+          </w:p>
+          <w:p w14:paraId="3F53E662" w14:textId="682FD073" w:rsidR="00586440" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="006F0879">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In-service Day – Wednesday 19</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
-[...17 lines deleted...]
-            <w:r w:rsidR="006F0879" w:rsidRPr="006F0879">
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="006F0879">
-[...33 lines deleted...]
-              <w:t>2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> February </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="648CBB58" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="4B8739BA" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Spring Holiday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009C39DF" w:rsidRPr="009C39DF" w:rsidRDefault="009C39DF" w:rsidP="00762CE6">
+          <w:p w14:paraId="63469CD9" w14:textId="77777777" w:rsidR="00726950" w:rsidRDefault="00586440" w:rsidP="009C39DF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Monday </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Monday 7</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...8 lines deleted...]
-            <w:r w:rsidR="00762CE6" w:rsidRPr="00762CE6">
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="00762CE6">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April – 21</w:t>
             </w:r>
-            <w:r w:rsidR="006B264F">
-[...6 lines deleted...]
-              <w:t>April – Monday 18th</w:t>
+            <w:r w:rsidRPr="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
             </w:r>
-            <w:r w:rsidR="00762CE6">
-[...44 lines deleted...]
-              <w:t>(Inclusive)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April 2025 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="009C39DF">
+          <w:p w14:paraId="2D1A49C4" w14:textId="5D07B452" w:rsidR="00586440" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="009C39DF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">* </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nursery returns on 22</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C39DF">
-[...8 lines deleted...]
-              <w:t>Please note that schools will close at 2.30pm on the last school day before the holiday</w:t>
+            <w:r w:rsidRPr="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April 2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="71BB4283" w14:textId="77777777" w:rsidTr="002F6C23">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+          <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C58000D" w14:textId="77777777" w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="00726950">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>May Day</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05FC0254" w14:textId="0CFA5DFE" w:rsidR="002F6C23" w:rsidRPr="00BB2D5A" w:rsidRDefault="002F6C23" w:rsidP="00726950">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7178B9" w14:textId="25B10575" w:rsidR="00726950" w:rsidRDefault="006B264F" w:rsidP="009C39DF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monday </w:t>
+            </w:r>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00586440" w:rsidRPr="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00586440" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>May</w:t>
+            </w:r>
+            <w:r w:rsidR="00762CE6" w:rsidRPr="00BB2D5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF1FE73" w14:textId="1825BA87" w:rsidR="00586440" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="009C39DF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F6C23" w:rsidRPr="00A95505" w14:paraId="1024E900" w14:textId="77777777" w:rsidTr="002F6C23">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684703BA" w14:textId="52853C68" w:rsidR="002F6C23" w:rsidRPr="00BB2D5A" w:rsidRDefault="002F6C23" w:rsidP="00726950">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-service Day </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D57BDD7" w14:textId="653FCB94" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="002F6C23">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thursday 22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F6C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> May 2025 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0766DC7A" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRPr="00BB2D5A" w:rsidRDefault="002F6C23" w:rsidP="009C39DF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="08C961A2" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="37F39965" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
-[...107 lines deleted...]
-            <w:r w:rsidRPr="009C39DF">
+            <w:r w:rsidRPr="00BB2D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>May Weekend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00762CE6">
+          <w:p w14:paraId="175090A2" w14:textId="763CDE36" w:rsidR="00726950" w:rsidRPr="00BB2D5A" w:rsidRDefault="00586440" w:rsidP="00762CE6">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C39DF">
-[...6 lines deleted...]
-              <w:t>Friday 2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Friday 23</w:t>
             </w:r>
-            <w:r w:rsidR="00BB3F6E">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidRPr="00586440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
             </w:r>
-            <w:r w:rsidR="00BB3F6E" w:rsidRPr="00BB3F6E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Monday 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586440">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="00BB3F6E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 2022</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> May </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3F6E" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
-[...106 lines deleted...]
-      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w:rsidTr="009C39DF">
+      <w:tr w:rsidR="00726950" w:rsidRPr="00A95505" w14:paraId="27BEBA3A" w14:textId="77777777" w:rsidTr="009C39DF">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
+          <w:p w14:paraId="2B776D09" w14:textId="77777777" w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00726950" w:rsidP="00726950">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>School Close</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="00BB3F6E" w:rsidP="003C5948">
+          <w:p w14:paraId="1F9EBCD3" w14:textId="50B8AAAA" w:rsidR="00726950" w:rsidRPr="009C39DF" w:rsidRDefault="002F6C23" w:rsidP="003C5948">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Friday </w:t>
+              <w:t>Thursday 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F6C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">June </w:t>
             </w:r>
             <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>24</w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003C5948" w:rsidRPr="003C5948">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>until</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Thursday 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F6C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="003C5948">
-[...25 lines deleted...]
-            </w:r>
             <w:r>
-              <w:rPr>
-[...16 lines deleted...]
-            <w:r w:rsidR="00726950" w:rsidRPr="009C39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Please note that schools will close at 1pm on the last school day before the holiday</w:t>
+              <w:t xml:space="preserve"> August 2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="00726950">
+    <w:p w14:paraId="5AFB1929" w14:textId="77777777" w:rsidR="00726950" w:rsidRDefault="00726950" w:rsidP="00726950">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0030128E" w:rsidRDefault="0030128E" w:rsidP="00355EB6">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+    <w:p w14:paraId="340F89B2" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64BD50C9" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69393B7A" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B7BDA91" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283969D4" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D72115" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF98C21" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00ED40B7" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6C9648" w14:textId="7981BAEE" w:rsidR="00355EB6" w:rsidRPr="00E60B71" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Admissions and Enrolment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CE2A16" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00A95505" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E317758" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Admissions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCF9AFA" w14:textId="03585EBE" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00B76C0A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nursery places are allocated in line with Glasgow City Council’s Early Years Admissions Policy.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C0A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The nursery will be happy to advise how this policy operates.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C0A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application forms are available from all GCC Early Years establishments. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C0A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When completed, the form should be returned to the nursery you identify as your 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preference, along with the verification documentation requested. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169E1C14" w14:textId="77777777" w:rsidR="00B76C0A" w:rsidRPr="00BD654F" w:rsidRDefault="00B76C0A" w:rsidP="00B76C0A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66795BC2" w14:textId="70375AAA" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00B76C0A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All placements are allocated by contract through the Local Area Admissions Panel on behalf of Glasgow City Council and are based on the needs of the child and family and availability within the nursery.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB5D789" w14:textId="541A8826" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00963EA3" w:rsidP="00B76C0A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5727ADD1" w14:textId="77777777" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00963EA3" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:cs="Poppins"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+        <w:t>1,140 Funded Sessions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28440032" w14:textId="56634589" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00A714BA" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Rockfield Nursery</w:t>
+      </w:r>
+      <w:r w:rsidR="00963EA3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as a Glasgow City Council establishment provide the statutory 1,140 funded hours to all 3 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5-year-old</w:t>
+      </w:r>
+      <w:r w:rsidR="00963EA3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; eligible </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-year-old</w:t>
+      </w:r>
+      <w:r w:rsidR="00963EA3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> children.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C84CC3" w14:textId="159621A2" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00963EA3" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Glasgow, this funding model comprises 25 hours per week for children on a 52-week contract, &amp; 30 hours per week for children on a term time contract. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4635C36F" w14:textId="77777777" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00963EA3" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>This is then either 5 or 6 sessions per week depending on contract type. Additional hours cannot be purchased, but additional sessions can. A session is either AM or PM, and 2 sessions make up a full day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17975710" w14:textId="77777777" w:rsidR="00963EA3" w:rsidRPr="00BD654F" w:rsidRDefault="00963EA3" w:rsidP="00963EA3">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>AM is 8.00 - 12.45 &amp; PM is 1.00 - 5.45.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C213E4" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="0046486A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2881F9AE" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Admissions and Enrolment</w:t>
-[...7 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...133 lines deleted...]
-          <w:b/>
+        <w:t>Admission Policy Priorities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCE8C3C" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="00BD654F" w:rsidRDefault="00D40B06" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+    <w:p w14:paraId="47D82EB0" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002120D1">
+      <w:r w:rsidRPr="00BD654F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Admission Policy Priorities</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004C3FE1" w:rsidRDefault="004C3FE1" w:rsidP="0046486A">
+        <w:t>Category 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8403DB" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• Any child considered to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be in need of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2294D44F" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Children with very young mothers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A195D1" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Looked after children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFD58D4" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="0046486A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+    </w:p>
+    <w:p w14:paraId="5145980E" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Category 1</w:t>
-[...40 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>Category 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+    <w:p w14:paraId="75E71F29" w14:textId="5151C3A7" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="005A689F" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D353D71" wp14:editId="3E82E0BB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1311BC94" wp14:editId="69E021A7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3657599</wp:posOffset>
+              <wp:posOffset>3626820</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>59690</wp:posOffset>
+              <wp:posOffset>47011</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2571657" cy="1334815"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="55" name="Picture 55" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\CartoonKids[1].gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 42" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\CartoonKids[1].gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2569371" cy="1333628"/>
+                      <a:ext cx="2571657" cy="1334815"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00355EB6" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00355EB6" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Children referred by, or who have</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19AA4933" w14:textId="361B5327" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• A Psychologist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00EE291A">
+    <w:p w14:paraId="34C6EA44" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00EE291A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7470"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Have specific needs</w:t>
       </w:r>
-      <w:r w:rsidR="00EE291A" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00EE291A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="4E160A25" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Are in temporary accommodation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3E90064F" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Deferred entry to primary school</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="364EC883" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Are from travelling families</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="076F0BD5" w14:textId="77777777" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00355EB6" w:rsidP="00355EB6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">• Parents with specific needs </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355EB6" w:rsidRPr="00A93471" w:rsidRDefault="00355EB6" w:rsidP="0046486A">
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="4B002282" w14:textId="77777777" w:rsidR="00B76C0A" w:rsidRPr="00BD654F" w:rsidRDefault="00B76C0A" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+    <w:p w14:paraId="1DAD48AF" w14:textId="5072464F" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Category 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1BCA2CE1" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Working Parents</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="36287C45" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Parents in Education</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="4A343650" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Referred from external professions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="50146D55" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• English as an additional language</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3AB340A7" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Sole supporter of family</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="09C41A4B" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Three or more children under five</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="433157A2" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Multiple Birth</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3FE1" w:rsidRPr="00A93471" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="56FBB805" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Family Stress</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A93471" w:rsidRPr="00A93471" w:rsidRDefault="00A93471" w:rsidP="004C3FE1">
+    <w:p w14:paraId="11CF6D50" w14:textId="77777777" w:rsidR="00A93471" w:rsidRPr="00BD654F" w:rsidRDefault="00A93471" w:rsidP="004C3FE1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="004C3FE1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+    <w:p w14:paraId="32E464F7" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+        <w:t>Category 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0218B1" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="000F5972" w:rsidP="000F5972">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• A</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> child who lives in Glasgow and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has not been admitted under Bands</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2,or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7455FFDF" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+        <w:t>Category 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22460A52" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="000F5972">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Children from out with the City of</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5972" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Glasgow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7406AC73" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="00BD654F" w:rsidRDefault="00BB3F6E" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+    </w:p>
+    <w:p w14:paraId="3F12AE9D" w14:textId="60937464" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...51 lines deleted...]
-        <w:t>1,</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Enrolmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00180D0F" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t and attendance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC19A2C" w14:textId="77777777" w:rsidR="004C3FE1" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34735EB8" w14:textId="08C9E4EF" w:rsidR="00180D0F" w:rsidRPr="00BD654F" w:rsidRDefault="004C3FE1" w:rsidP="00215175">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When your child is offered a placement at Rockfield, you will be sent a</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n e-mail giving you a date for a home visit and start date</w:t>
+      </w:r>
+      <w:r w:rsidR="00661426" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and settling in period</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00661426" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Before your child starts at Rockfield their Keyworker and a member of the management team will visit your house to complete </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5836" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enrolment forms, </w:t>
+      </w:r>
+      <w:r w:rsidR="00661426" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and a care plan “All About Me”. </w:t>
+      </w:r>
+      <w:r w:rsidR="00282439" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00A3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">home </w:t>
+      </w:r>
+      <w:r w:rsidR="001B4B0C" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visits </w:t>
+      </w:r>
+      <w:r w:rsidR="00486112" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide a valuable opportunity </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0E8B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to strengthen the relationship between the nursery and the family.  They help the nursery better understand the child’s home environment</w:t>
+      </w:r>
+      <w:r w:rsidR="009732FE" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which can inform personalised support and learning strategies.  These visits also ease </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2A06" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the transition from home to nursery, making the child feel more comfortable and secure.  For parents and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="004C3FE1" w:rsidRPr="00A93471">
-[...4 lines deleted...]
-        <w:t>2,or</w:t>
+      <w:r w:rsidR="00215175" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>carers</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="004C3FE1" w:rsidRPr="00A93471">
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00215175" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it builds trust and opens communication channels, fostering a collaborative approach to your child’s development and wellbeing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3CE00F" w14:textId="77777777" w:rsidR="00215175" w:rsidRPr="00BD654F" w:rsidRDefault="00215175" w:rsidP="00215175">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B94B28" w14:textId="229CD114" w:rsidR="00180D0F" w:rsidRPr="00BD654F" w:rsidRDefault="00180D0F" w:rsidP="00215175">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Daily attendance registers are maintained to provide safety &amp; security for all children. If a child does not attend for 2 consecutive days, their key worker will contact you to ensure everything is alright. Whilst Early Years is not a mandatory part of education like Primary, it is important that attendance levels are kept up, as if a space is not being used due to extensive non-attendance, the Head may write to you to reduce provision, or if prolonged, remove the space altogether.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7591F6E5" w14:textId="32A3C8F0" w:rsidR="00355EB6" w:rsidRPr="00BD654F" w:rsidRDefault="00D40B06" w:rsidP="0046486A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...147 lines deleted...]
-          <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F76FDE" wp14:editId="248B8891">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E8B4927" wp14:editId="1983880C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5380990</wp:posOffset>
+              <wp:posOffset>4827270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>117475</wp:posOffset>
-[...318 lines deleted...]
-              <wp:posOffset>184150</wp:posOffset>
+              <wp:posOffset>31115</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1295400" cy="1028224"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Picture 16" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\cold-fever-flu-cold-smiley-emoticon[1].gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\cold-fever-flu-cold-smiley-emoticon[1].gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1295400" cy="1028224"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00442858" w:rsidRPr="00A93471">
-[...27 lines deleted...]
-    <w:p w:rsidR="00D534BE" w:rsidRDefault="00D534BE" w:rsidP="002120D1">
+    </w:p>
+    <w:p w14:paraId="5C1DC949" w14:textId="1D83A0F5" w:rsidR="003C5948" w:rsidRPr="00A93471" w:rsidRDefault="0046486A" w:rsidP="00CF1F98">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93471">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBFCC48" w14:textId="7166B1E5" w:rsidR="002120D1" w:rsidRPr="00BD654F" w:rsidRDefault="002120D1" w:rsidP="00CF1F98">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>If Your Child Becomes Ill</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420CF365" w14:textId="5E4931B4" w:rsidR="00442858" w:rsidRPr="00BD654F" w:rsidRDefault="00442858" w:rsidP="00CF1F98">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E252AB" w14:textId="52BF14CD" w:rsidR="002120D1" w:rsidRPr="00BD654F" w:rsidRDefault="00442858" w:rsidP="00872D8F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children who are </w:t>
+      </w:r>
+      <w:r w:rsidR="002120D1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obviously unwell shoul</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d be kept at home where they will be</w:t>
+      </w:r>
+      <w:r w:rsidR="002120D1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more comfortable.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  In line with infection control policy if your child has symptoms of vomiting or diarrhoea (or both), it is essential that they do not attend nursery for 48 hours after the symptoms have stopped.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568A2FF4" w14:textId="083CFEC1" w:rsidR="00442858" w:rsidRPr="00BD654F" w:rsidRDefault="002120D1" w:rsidP="00872D8F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If your child becomes ill while at nursery every attempt will be made to inform you. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5E8893" w14:textId="7834563F" w:rsidR="002120D1" w:rsidRPr="00BD654F" w:rsidRDefault="002120D1" w:rsidP="00872D8F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the illness is of a serious nature, your child will be taken to the nearest accident </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unit,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and you will be contacted and advised to join the child at hospital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAA1637" w14:textId="453A1B69" w:rsidR="002120D1" w:rsidRPr="00BD654F" w:rsidRDefault="00442858" w:rsidP="00872D8F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please ensure you keep the nursery updated regarding any changes to contact details or medical conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C647BED" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D534BE" w:rsidRDefault="00707D51" w:rsidP="002120D1">
+    <w:p w14:paraId="29D1BFBB" w14:textId="14AFEEAF" w:rsidR="00D534BE" w:rsidRPr="00BD654F" w:rsidRDefault="00707D51" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Medical Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB52207" w14:textId="77777777" w:rsidR="00707D51" w:rsidRPr="00BD654F" w:rsidRDefault="00707D51" w:rsidP="002120D1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E7501E" w14:textId="5D6FBB2C" w:rsidR="00D534BE" w:rsidRPr="00BD654F" w:rsidRDefault="00707D51" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Many children at some time will require medication whilst attending the nursery.  It is not our policy to care for sick children, however we recogni</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60B71" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e that some children require medication to allow the</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to complete a course of antibiotics or for long term medical reasons such as asthma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F96632" w14:textId="71C462DE" w:rsidR="00707D51" w:rsidRPr="00BD654F" w:rsidRDefault="00707D51" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your child </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD654F" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>needs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medication during his/her time at nursery, you should discuss his/her requirements with the team leader.  A member of staff will administer prescribed drugs only, and you will be required to complete a consent form, which authorises a member of staff to administer the drugs to your child.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A354F7" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  All medical issues should be discussed with the team leader.  Please ensure this information is included in your child’s care plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD230BB" w14:textId="77777777" w:rsidR="00A354F7" w:rsidRPr="00BD654F" w:rsidRDefault="00A354F7" w:rsidP="00A354F7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A441FC" w14:textId="77777777" w:rsidR="0096620C" w:rsidRDefault="0096620C" w:rsidP="002120D1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E0DD529" w14:textId="7D2550C3" w:rsidR="00906A7B" w:rsidRDefault="0096620C" w:rsidP="002120D1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
-          <w:b/>
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C0344B" wp14:editId="32A2F039">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B51DE41" wp14:editId="06ABEF7E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5267325</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-552450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1038225" cy="1038225"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="18" name="Picture 18" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\ist2_822290_penguin_cartoon[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\ist2_822290_penguin_cartoon[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print">
+                    <a:blip r:embed="rId23" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1038225" cy="1038225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="002F6C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
       <w:r w:rsidR="00906A7B" w:rsidRPr="00906A7B">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Accidents</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00906A7B" w:rsidRDefault="00906A7B" w:rsidP="002120D1">
+        <w:t>ccidents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B74D74" w14:textId="77777777" w:rsidR="00906A7B" w:rsidRDefault="00906A7B" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00906A7B" w:rsidRPr="00A93471" w:rsidRDefault="00906A7B" w:rsidP="004C3FE1">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7A232085" w14:textId="77777777" w:rsidR="00906A7B" w:rsidRDefault="00906A7B" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We try to ensure that all our children are playing in a safe environment however accidents do happen and children do become upset</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5883" w:rsidRPr="00A93471">
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Staff will use their judgement on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5883" w:rsidRPr="00A93471">
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you should be alerted and if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you will be </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5883" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nformed </w:t>
       </w:r>
-      <w:r w:rsidR="004C3FE1" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="004C3FE1" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>when</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5883" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CE5883" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you collect your child.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE5883" w:rsidRPr="00A93471" w:rsidRDefault="00CE5883" w:rsidP="00CE5883">
-[...17 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="512ECA2D" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRPr="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="004C3FE1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F73CBD" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRDefault="00CE5883" w:rsidP="00CE5883">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>However, if your child suffers a bump to the head, however small, we will always call to inform you of this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A3962A" w14:textId="0B0EF5C5" w:rsidR="00CE5883" w:rsidRPr="00BD654F" w:rsidRDefault="00CE5883" w:rsidP="00CE5883">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>A first aider will advise you if they feel further intervention is required although it will be your decision to seek medical attention.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE5883" w:rsidRPr="00A93471" w:rsidRDefault="00CE5883" w:rsidP="00CE5883">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="0EC488E0" w14:textId="77777777" w:rsidR="00CE5883" w:rsidRPr="00BD654F" w:rsidRDefault="00CE5883" w:rsidP="00CE5883">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Staff will complete an accident form, which you will be asked to sign when you collect your child.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C100B" w:rsidRDefault="009C100B" w:rsidP="009C100B">
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+    <w:p w14:paraId="24C3B505" w14:textId="36F4875B" w:rsidR="009C100B" w:rsidRPr="00BD654F" w:rsidRDefault="009C100B" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03044AC6" w14:textId="5DF99023" w:rsidR="00D534BE" w:rsidRPr="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E8A5304" wp14:editId="2B9F9B6B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="366294DA" wp14:editId="4B654243">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>3045954</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5400676</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1329690</wp:posOffset>
+              <wp:posOffset>140336</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="650881" cy="650881"/>
-            <wp:effectExtent l="133350" t="133350" r="53975" b="130175"/>
+            <wp:effectExtent l="133350" t="133350" r="34925" b="130175"/>
             <wp:wrapNone/>
             <wp:docPr id="19" name="Picture 19" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\PublicInformationSymbol_EmergencyTelephone.svg[1].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\PublicInformationSymbol_EmergencyTelephone.svg[1].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print">
+                    <a:blip r:embed="rId24" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="19679677">
                       <a:off x="0" y="0"/>
                       <a:ext cx="650881" cy="650881"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="004B61CA" w:rsidRPr="00A93471">
-[...40 lines deleted...]
-    <w:p w:rsidR="00EF05E5" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
+    </w:p>
+    <w:p w14:paraId="56B54C1E" w14:textId="77777777" w:rsidR="00D534BE" w:rsidRPr="00D534BE" w:rsidRDefault="00D534BE" w:rsidP="009C100B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043611F7" w14:textId="6687D793" w:rsidR="004B61CA" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00147196">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Information in Emergencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295BECE6" w14:textId="56A80880" w:rsidR="00EF05E5" w:rsidRPr="00147196" w:rsidRDefault="00EF05E5" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469C07ED" w14:textId="20B047BE" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We make every effort to maintain a full educational service, but on some </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6C23" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>occasions, circumstances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arise which lead to disruption. Establishments may be affected by, for example, severe weather, and temporary interruption of transport, power failures or difficulties of fuel supply. In such cases we shall do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>all we can to let you know about the details of closure or re-opening. We shall keep you informed by using letters, notices in local shops and community centres, announcements in local places of worship</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, post on our X page, posts to our Seesaw App</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and announcements in the press and on local radio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE8D6CD" w14:textId="62EC4BAB" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02617739" w14:textId="77777777" w:rsidR="00EF05E5" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00147196">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Emergency Contact Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B61CA" w:rsidRPr="0057786A" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
+    <w:p w14:paraId="70277EE0" w14:textId="77777777" w:rsidR="004B61CA" w:rsidRPr="0057786A" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B61CA" w:rsidRPr="00A93471" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="363B47EC" w14:textId="2C9D11D0" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="004B61CA" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parents/ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00060960" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who have children in the nursery are asked where possible to provide the establishment with the names, addresses and telephone numbers of two contact persons for use in the event of an emergency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B42EC8C" w14:textId="57BD0562" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="004B61CA" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please ensure this information is kept up to date.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE5883" w:rsidRDefault="00CE5883" w:rsidP="0070004F">
+    <w:p w14:paraId="5D0050EB" w14:textId="77777777" w:rsidR="00BC2ECD" w:rsidRDefault="00BC2ECD" w:rsidP="004B61CA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D534BE" w:rsidRDefault="00D534BE" w:rsidP="0070004F">
+    <w:p w14:paraId="720404EE" w14:textId="30D45652" w:rsidR="004B61CA" w:rsidRDefault="004B61CA" w:rsidP="004B61CA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Arrival &amp; Collection of Children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3E1719" w14:textId="77777777" w:rsidR="00CE5883" w:rsidRPr="00A93471" w:rsidRDefault="00CE5883" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Arrival &amp; Collection of Children</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C08DEA5" w14:textId="46CB3533" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="002A57B1" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...86 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F8FDF58" wp14:editId="6D7801B7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AB29ECB" wp14:editId="0A14B5FB">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>2298700</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4693920</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>836295</wp:posOffset>
+              <wp:posOffset>934085</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="962025" cy="1299845"/>
-[...2 lines deleted...]
-            <wp:docPr id="20" name="Picture 20" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\1075302-Clipart-Caring-Mother-Holding-Hands-And-Walking-Her-Son-To-School-Royalty-Free-Vector-Illustration[1].jpg"/>
+            <wp:extent cx="1409700" cy="1059180"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21367"/>
+                <wp:lineTo x="21308" y="21367"/>
+                <wp:lineTo x="21308" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="69044264" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\1075302-Clipart-Caring-Mother-Holding-Hands-And-Walking-Her-Son-To-School-Royalty-Free-Vector-Illustration[1].jpg"/>
+                    <pic:cNvPr id="69044264" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId26"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1409700" cy="1059180"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="004B61CA" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It is expected that a responsible adult (16 years+) brings and collects your child.  In the interest of your child’s safety, please notify the nursery staff if someone unknown to them or not expected by them, will be collecting your child.  This avoids a difficult situation where a child cannot be allowed to leave with an adult who is a stranger to the staff or is not the person expected.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6C23" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4CF7E8" w14:textId="7CCF55D2" w:rsidR="002F6C23" w:rsidRPr="00BD654F" w:rsidRDefault="002F6C23" w:rsidP="004B61CA">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C359C5E" w14:textId="3094DDD8" w:rsidR="00012675" w:rsidRDefault="00012675" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Curriculum </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616E5C70" w14:textId="77777777" w:rsidR="00005C97" w:rsidRPr="003B2AFC" w:rsidRDefault="00005C97" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717BCD81" w14:textId="057EB15E" w:rsidR="00533514" w:rsidRPr="00BD654F" w:rsidRDefault="00012675" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We use </w:t>
+      </w:r>
+      <w:r w:rsidR="008E71AC" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>urriculum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Excellence guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="00F601E3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F601E3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cfe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F601E3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Early Level outcomes and experiences </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>when working with children 3-5 years when planning for the children’s learning and engagement.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3260" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C65F3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C65F3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cfe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C65F3" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> emphasises the development of the whole child </w:t>
+      </w:r>
+      <w:r w:rsidR="00987A9D" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">focusing not just on academic achievements but also on personal, social and emotional growth.   It </w:t>
+      </w:r>
+      <w:r w:rsidR="00697684" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fosters</w:t>
+      </w:r>
+      <w:r w:rsidR="00987A9D" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> four key capacities becoming successful </w:t>
+      </w:r>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">learners, confident </w:t>
+      </w:r>
+      <w:r w:rsidR="00611A51" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, responsible </w:t>
+      </w:r>
+      <w:r w:rsidR="00611A51" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>citizens and</w:t>
+      </w:r>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective contributors.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cfe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> allows the nursery </w:t>
+      </w:r>
+      <w:r w:rsidR="00611A51" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="005464C5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB605E" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tailor learning to the needs of individual learners, children can choose </w:t>
+      </w:r>
+      <w:r w:rsidR="00611A51" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>subjects</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB605E" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that match their interest and strengths</w:t>
+      </w:r>
+      <w:r w:rsidR="009B07E7" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> encouraging greater engagement. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB605E" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3260" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Curriculum for Excellence offers breadth, </w:t>
+      </w:r>
+      <w:r w:rsidR="00533514" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>depth and</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3260" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> challenge within each of the eight curricular </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BD3260" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>areas</w:t>
+      </w:r>
+      <w:r w:rsidR="00533514" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65A07" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expressive</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B65A07" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arts, </w:t>
+      </w:r>
+      <w:r w:rsidR="00533514" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Literacy, Numeracy</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5333A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00533514" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5333A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00533514" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Well-being</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5333A" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, religious and moral education, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B537DE" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sciences, social studies and technology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE9D129" w14:textId="2FE8FD44" w:rsidR="00533514" w:rsidRPr="00BD654F" w:rsidRDefault="00533514" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73A131D3" w14:textId="1DF541D1" w:rsidR="00BD3260" w:rsidRPr="00BD654F" w:rsidRDefault="00B537DE" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Curriculum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A261BD" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00844943" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Excellence spans</w:t>
+      </w:r>
+      <w:r w:rsidR="00565931" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from early years to </w:t>
+      </w:r>
+      <w:r w:rsidR="00282546" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">secondary education </w:t>
+      </w:r>
+      <w:r w:rsidR="00530F2B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r w:rsidR="00282546" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a smooth </w:t>
+      </w:r>
+      <w:r w:rsidR="00530F2B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>transition</w:t>
+      </w:r>
+      <w:r w:rsidR="00282546" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between different stages and learning. This continuous approach ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B83" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00282546" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00530F2B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">children’s learning builds progressively on prior knowledge and skills. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714BFC7B" w14:textId="77777777" w:rsidR="00BD3260" w:rsidRDefault="00BD3260" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE09193" w14:textId="649873D8" w:rsidR="007B0876" w:rsidRDefault="00BD654F" w:rsidP="007B0876">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38C173D9" wp14:editId="0456D91C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4213860</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1866900" cy="1340485"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21180"/>
+                <wp:lineTo x="21380" y="21180"/>
+                <wp:lineTo x="21380" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2045978393" name="Picture 5" descr="Image result for being me curriculum document scotland"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Image result for being me curriculum document scotland"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="962025" cy="1299845"/>
-[...232 lines deleted...]
-                      <a:ext cx="5721350" cy="4607560"/>
+                      <a:ext cx="1866900" cy="1340485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009D7E41">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w14:paraId="4B3D834D" w14:textId="3F8B7872" w:rsidR="007B0876" w:rsidRDefault="007B0876" w:rsidP="007B0876">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844943">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Realising the Ambition - Being Me</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0876">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E744E6" w14:textId="77777777" w:rsidR="00403108" w:rsidRPr="00844943" w:rsidRDefault="00403108" w:rsidP="007B0876">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11E30514" w14:textId="77777777" w:rsidR="007B0876" w:rsidRPr="00BD654F" w:rsidRDefault="007B0876" w:rsidP="007B0876">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844943">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The document </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a guidance published in 2020, focused on early childhood education and care. It builds upon the key principles from the Curriculum for Excellence and earlier guidance Building the Ambition, providing practical advice for supporting young children’s development and learning from birth to 5.  The document emphasizes the importance of relationships, environments, play, exploration, rights, individuality and practitioners support with an overarching goal to promote well-being, confidence and independence in children ensuring they can reach their full potential.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55685062" w14:textId="77777777" w:rsidR="007B0876" w:rsidRDefault="007B0876" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D70FB8B" w14:textId="77777777" w:rsidR="007B0876" w:rsidRDefault="007B0876" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3074D5DE" w14:textId="6334E9A3" w:rsidR="00BD3260" w:rsidRDefault="007B0876" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0876">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurturing my Potential </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005722A7" w14:textId="77777777" w:rsidR="00403108" w:rsidRPr="007B0876" w:rsidRDefault="00403108" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB23CE6" w14:textId="56C72002" w:rsidR="0083286D" w:rsidRPr="0083286D" w:rsidRDefault="0083286D" w:rsidP="0083286D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Glasgow City Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B83" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have created </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0876" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and trained all </w:t>
+      </w:r>
+      <w:r w:rsidR="00403108" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>its practitioners</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0876" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B83" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>framework ‘Nurturing my Potential</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BE5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0876" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B0876" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alongside Realising the Ambition will be</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BE5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">support practitioners working with babies and toddlers in their first 1000 days.  This guidance refers to Scotland’s Early Learning and Childcare National Practice Guidance </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0083286D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Realising the Ambition</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534B83" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It also takes account of guidance from Care Inspectorate, Education Scotland and Scottish Government. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0876" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BE5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurturing my Potential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3BE5" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083286D">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information and knowledge to support quality learning and development during a child’s first 3 years.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E6B864" w14:textId="354040BC" w:rsidR="0083286D" w:rsidRPr="00BD654F" w:rsidRDefault="0083286D" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70574046" w14:textId="685C3E5C" w:rsidR="0083286D" w:rsidRPr="00BD654F" w:rsidRDefault="0083286D" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D208D8F" w14:textId="0A4B8475" w:rsidR="00005C97" w:rsidRPr="00BD654F" w:rsidRDefault="00012675" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to ensure we are delivering high quality learning experiences we also use a document entitled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How Good is Our Learning and Childcare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this helps us to self-evaluate and monitor the impact on children’s learning.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA1BF94" w14:textId="7D448C14" w:rsidR="00005C97" w:rsidRPr="00BD654F" w:rsidRDefault="00005C97" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02128A1A" w14:textId="3023C18C" w:rsidR="00012675" w:rsidRPr="00BD654F" w:rsidRDefault="00012675" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>There are copies of these documents in the nursery and can also be accessed on line at Education Scotland. (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00403108" w:rsidRPr="00BD654F">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>\</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BD654F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://www.educationscotland.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C48AC16" w14:textId="683393D8" w:rsidR="009D7E41" w:rsidRPr="00BD654F" w:rsidRDefault="00012675" w:rsidP="00012675">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A96CAAF" w14:textId="1B2036DD" w:rsidR="00A31825" w:rsidRPr="00A31825" w:rsidRDefault="00A31825" w:rsidP="00A31825">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31825">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Play Learning &amp; Tracking </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0150B5A5" w14:textId="0FFDD3AB" w:rsidR="00A31825" w:rsidRPr="00BD654F" w:rsidRDefault="00A31825" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children’s learning and development is continually assessed by their Key Worker and in collaboration with all staff. The children will have opportunities to engage in a large variety of play and learning experiences. The playrooms are divided into areas that support different types of play e.g. sensory play using sand, water, malleable, tactile, Construction using </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA762B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tools, block</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play, imaginative play using, small world, loose parts and role play.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10553790" w14:textId="3263C45D" w:rsidR="00A31825" w:rsidRPr="00BD654F" w:rsidRDefault="00A31825" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Play is child led in line with the children’s interests, needs, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA762B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>seasonal and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cultural calendars. Learning is tracked using the Curricular for Excellence, Realising the Ambition</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7BD2" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008E7BD2" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nurturing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E7BD2" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my Potential</w:t>
+      </w:r>
+      <w:r w:rsidR="00F677B6" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Developmental Milestones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and supported by other documents that enable Practitioners to create meaningful experiences and provocations that help the children develop and learn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304140C5" w14:textId="77777777" w:rsidR="00A31825" w:rsidRPr="00BD654F" w:rsidRDefault="00A31825" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We record all children’s learning on Seesaw. A digital app that enables parents/carers to interact with their child’s play &amp; learning in real time as the learning journal is updated by staff. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B6FFE1" w14:textId="77777777" w:rsidR="00EA762B" w:rsidRPr="00BD654F" w:rsidRDefault="00A31825" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>We will have meetings with you twice a year to discuss your child’s progress, learning, &amp; overall development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E04A342" w14:textId="2E46BE4A" w:rsidR="00EA762B" w:rsidRPr="00BD654F" w:rsidRDefault="00EA762B" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risky Play </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00017A5E" w14:textId="77777777" w:rsidR="00EC6158" w:rsidRPr="00BD654F" w:rsidRDefault="00EA762B" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:color w:val="1C203F"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:color w:val="1C203F"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Children’s physical development involves them engaging in play which they find challenging, risky and sometimes even scary. At Rockfield Nursery we encourage children to assess their own risk and take part in Risky Play.  If you want to know more about the benefits of risky play please click on the link below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F7FA35" w14:textId="675D17A7" w:rsidR="00EA762B" w:rsidRPr="00BD654F" w:rsidRDefault="00EA762B" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00BD654F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.playscotland.org/resources/risky-play</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="789AAF32" w14:textId="0C359323" w:rsidR="00553452" w:rsidRDefault="00D40B06" w:rsidP="00553452">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="36"/>
-[...1041 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2620B4D7" wp14:editId="4FC66D67">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DF8C3CC" wp14:editId="156128C1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5067300</wp:posOffset>
+              <wp:posOffset>4217035</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>662940</wp:posOffset>
+              <wp:posOffset>22225</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1228725" cy="1228725"/>
-[...2 lines deleted...]
-            <wp:docPr id="24" name="Picture 24" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\health[1].jpg"/>
+            <wp:extent cx="1847850" cy="1531620"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21224"/>
+                <wp:lineTo x="21377" y="21224"/>
+                <wp:lineTo x="21377" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="620377668" name="Picture 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\health[1].jpg"/>
+                    <pic:cNvPr id="620377668" name="Picture 21"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print">
+                    <a:blip r:embed="rId31" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId32"/>
+                        </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1228725" cy="1228725"/>
+                      <a:ext cx="1847850" cy="1531620"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00012675" w:rsidRPr="00A93471">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidR="00EA762B" w:rsidRPr="00EA762B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Outdoor learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA762B" w:rsidRPr="00EA762B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCB68B7" w14:textId="26A26611" w:rsidR="00EA762B" w:rsidRPr="00BD654F" w:rsidRDefault="00EA762B" w:rsidP="005A689F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>At Rockfield Nursery all children will be outdoors at some point in their day. The outdoor environment and surrounding</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>acts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a rich stimulus for creative thinking and learning.  At Rockfield our outdoor learning encompasses </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>an entire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> range of learning experiences whether it is reading a book, playing in the mud kitchen, making potions, </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nting or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">developing our gross and fine motor skills.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outdoor learning observations have </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>led</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> us to discover that quiet</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er children </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>may speak more</w:t>
+      </w:r>
+      <w:r w:rsidR="00495396" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outdoors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, others become </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40B06" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>calmer,</w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and we have found that outdoor learning is a much more relaxing experience for many of our children, allowing them to be more focused.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> One of our Child Development Officers is trainer in Forest </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D40B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Kindergarden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D40B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and every Wednesday take a group of children to the local forest to explore nature and the environment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56834AD2" w14:textId="77777777" w:rsidR="002A57B1" w:rsidRPr="00BD654F" w:rsidRDefault="002A57B1" w:rsidP="002A57B1">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rockfield Market Place &amp; Lola’s Library </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA309C" w14:textId="77777777" w:rsidR="002A57B1" w:rsidRPr="00BD654F" w:rsidRDefault="002A57B1" w:rsidP="002A57B1">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the entrance to our nursery there is a marketplace with clothing, shoes food and other things which you are welcome to take free of charge.  There is also a Library with adult and children books which you can take and enjoy at home. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FA699B" w14:textId="77777777" w:rsidR="00B632DE" w:rsidRDefault="00B632DE" w:rsidP="00EA762B">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C8EE33" w14:textId="7FD415C1" w:rsidR="00B479E8" w:rsidRPr="005A689F" w:rsidRDefault="005275D2" w:rsidP="00EA762B">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D7E41">
-[...36 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
-[...418 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="794AA89C" wp14:editId="403358EA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E25FF26" wp14:editId="44B22652">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>5581091</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4290060</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-561975</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="672465" cy="871855"/>
-[...2 lines deleted...]
-            <wp:docPr id="25" name="Picture 25" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\original-1731074-1[1].jpg"/>
+            <wp:extent cx="1598295" cy="1196340"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="3810"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21325"/>
+                <wp:lineTo x="21368" y="21325"/>
+                <wp:lineTo x="21368" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="724498251" name="Picture 12" descr="A sun lotion bottle and sunglasses"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\original-1731074-1[1].jpg"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="724498251" name="Picture 12" descr="A sun lotion bottle and sunglasses"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print">
+                    <a:blip r:embed="rId33" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId34"/>
+                        </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
-                    <a:xfrm rot="1238832">
+                  <pic:spPr>
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="672465" cy="871855"/>
+                      <a:ext cx="1598295" cy="1196340"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00012675" w:rsidRPr="00A93471">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+      <w:r w:rsidR="00B479E8" w:rsidRPr="005A689F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Clothing &amp; Sun-cream</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F66E16A" w14:textId="697A0E4E" w:rsidR="00B479E8" w:rsidRPr="00BD654F" w:rsidRDefault="00B479E8" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>All children will access outdoor play every day in all weathers (with the exception of severe weather warnings) and should come to nursery dressed for the weather. We have</w:t>
+      </w:r>
+      <w:r w:rsidR="00855B18" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a supply </w:t>
+      </w:r>
+      <w:r w:rsidR="00B632DE" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>of wetsuits and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> welly boots that the children can use</w:t>
+      </w:r>
+      <w:r w:rsidR="00855B18" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E24C89" w14:textId="1FAD0A38" w:rsidR="00B479E8" w:rsidRPr="00BD654F" w:rsidRDefault="00B479E8" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On sunny days, please ensure sun cream is applied to your child before they come to nursery. The nursery staff will reapply </w:t>
+      </w:r>
+      <w:r w:rsidR="00855B18" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>throughout</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the day as needed, </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also provide a sun hat for your child on sunny or hot days,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424921D1" w14:textId="2AE5956C" w:rsidR="0039182E" w:rsidRPr="00BD654F" w:rsidRDefault="00B479E8" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>endeavour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure the children wear aprons when painting, playing in water or messy materials</w:t>
+      </w:r>
+      <w:r w:rsidR="00855B18" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain clean when eating, however accidents do happen, so please ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00553452" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your child has a bag containing spare clothing in case they require to be changed.  This can be kept on your child’s peg. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Please write your child’s name on all clothes to avoid them being lost or taken in error.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA32745" w14:textId="45358AF5" w:rsidR="004B61CA" w:rsidRPr="00BD654F" w:rsidRDefault="005275D2" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251735040" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="018F88FA" wp14:editId="7E7C9CA4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>4480560</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>110490</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1501140" cy="998220"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21023"/>
+                    <wp:lineTo x="21381" y="21023"/>
+                    <wp:lineTo x="21381" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="380133772" name="Group 15"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1501140" cy="998220"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5731510" cy="4201795"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1472937302" name="Picture 13"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId35" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                                <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId36"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5731510" cy="3822700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="403175746" name="Text Box 14"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="3822700"/>
+                            <a:ext cx="5731510" cy="379095"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:prstClr val="white"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="472FA5F4" w14:textId="0BDB960D" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="005275D2">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="018F88FA" id="Group 15" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:352.8pt;margin-top:8.7pt;width:118.2pt;height:78.6pt;z-index:-251581440;mso-position-horizontal-relative:margin" coordsize="57315,42017" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMgK2uHYAwAA2QgAAA4AAABkcnMvZTJvRG9jLnhtbJxWW2/bOgx+H7D/&#10;IPg9tZU4c2I0HbL0ggHFFpz2YM+KLMfCbEmTlEvPwfnvh5TtpEmLrdtDHUoiKfLjR6qXH/dNTbbC&#10;OqnVLKIXSUSE4rqQaj2L/n68HUwi4jxTBau1ErPoSbjo49X7d5c7k4uhrnRdCEvAiXL5zsyiynuT&#10;x7HjlWiYu9BGKDgstW2Yh6Vdx4VlO/De1PEwST7EO20LYzUXzsHudXsYXQX/ZSm4/1qWTnhSzyKI&#10;zYevDd8VfuOrS5avLTOV5F0Y7A+iaJhUcOnB1TXzjGysfOGqkdxqp0t/wXUT67KUXIQcIBuanGVz&#10;Z/XGhFzW+W5tDjABtGc4/bFb/mW7tEQWs2g0SeholGXDiCjWQKnC7YSOEaOdWeegemfNg1nabmPd&#10;rjDtfWkb/IWEyD6g+3RAV+w94bBJxwmlKRSBw9l0OhkOO/h5BTV6Ycarm85wnI3omHaGKeCUTUNQ&#10;cX9vjOEdojGS5/DXoQXSC7R+zSqw8hsros5J8yYfDbPfN2YAhTXMy5WspX8KJIUSYlBqu5R8advF&#10;EXiaZsPpKBslB+RBDW8ndITYoylqt7YMc7vX/LsjSi8qptZi7gzwHABG7fhUPSxPLl7V0tzKusZy&#10;odylCD1xxqlXUGr5eq35phHKtw1oRQ3ZauUqaVxEbC6alQA+2c8FhVpD83sgk7FS+dAhQId75/F2&#10;JEbokX+Hk3mSTIefBotxshikSXYzmE/TbJAlN1mapBO6oIv/0Jqm+cYJSJ/V10Z2ocPui+BfbYhu&#10;dLStFlqWbFkYDAhcCKj/DSHCFiKEsTpvhecViiWA9xcA3tocDgLSR3CxDA56BS3e0h0nJB9Bc2RJ&#10;aI8DyaHw1vk7oRuCAgAMMQRE2RaibaPpVToetAGEyCAebGOYsq4vOazehhvO2Nfm00PFjIAQ0O2R&#10;z2kyotk4Sz/0g+QRC/1J7wlN21kStHGQEL+H/Y656OWniD1DpSUPTpVT3LJpcjYbfhM2qLSuZdE3&#10;COK5qG1Lk10lvQg9dqZVK6yy0mjV1gF3YCr1CaHk96t9GLShTXFnpYsnwMBqKCZMN2f4rYT77pnz&#10;S2bhGYJNeFr9V/iUtd7NIt1JEam0/ee1fdSHosJpRHbwrM0i92PDcJLVnxWUe0pTHME+LNJxBjOY&#10;2Ocnq+cnatMsNDQINDJEF0TU93UvllY334Adc7wVjpjicPcs8r248O1jCy84F/N5UGoH5L16MDBW&#10;aaAw4vy4/8as6cjtgTNfdE8wlp9xvNVtUZ9vvC5laIAjqh38QPYghfcTpJMH+vk6aB3/I7n6HwAA&#10;//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452A&#10;pqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5a&#10;zOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b&#10;6hpIA+9a/vVZ9wIAAP//AwBQSwMEFAAGAAgAAAAhAM8ZRyPgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAQhe8m/ofNmHiTbREK1m4JIeqJmAgmhtvSHdqG7mzTXdry7x296HHe+/LmvWw1&#10;2kb02PnakYJ4EoFAKpypqVTwuX99WILwQZPRjSNUcEUPq/z2JtOpcQN9YL8LpeAQ8qlWUIXQplL6&#10;okKr/cS1SOydXGd14LMrpen0wOG2kdMoSqTVNfGHSre4qbA47y5Wwdugh/Vj/NJvz6fN9bCfv39t&#10;Y1Tq/m5cP4MIOIY/GH7qc3XIudPRXch40ShYRPOEUTYWMxAMPM2mPO74KyQg80z+n5B/AwAA//8D&#10;AFBLAwQKAAAAAAAAACEAJlMogFvvAABb7wAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y/+AA&#10;EEpGSUYAAQEBANwA3AAA/9sAQwACAQEBAQECAQEBAgICAgIEAwICAgIFBAQDBAYFBgYGBQYGBgcJ&#10;CAYHCQcGBggLCAkKCgoKCgYICwwLCgwJCgoK/9sAQwECAgICAgIFAwMFCgcGBwoKCgoKCgoKCgoK&#10;CgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoK/8AAEQgA2gFpAwEiAAIRAQMR&#10;Af/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAABfQEC&#10;AwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5OkNE&#10;RUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqy&#10;s7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMBAQEB&#10;AQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYSQVEH&#10;YXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNUVVZX&#10;WFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLD&#10;xMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8APDvwr0e30aW0&#10;ubW3X7RHEI/JUjduPHHQADntnJqxp3weghupZ5oGuoFh2yeWmcb5lAP4D9O1e2eGvAM8uiw6fcW7&#10;lmYJCvl7GePYNpPBzwe+KLHRXt7hWuYobbd5MX7uTB3Dc5GR8uDtHPUZ615scG3J3fU+o+uWjojx&#10;mHwDb3mhrdw2vlx2itGyuNvmsm0AKf8AgQwTxUOi+C7yHRlt4bWNoREom8zAkCo25V44zxwa9o/4&#10;RixuITZR2xWNYfvRjI3koAcH/c6jpnvT7HwxHBeXUMLbQJsyYX923Mmck9cDHPSu2OEvHU4vrPvH&#10;Aax4KnuPhyG06z2brMS+XJu3HfcZHb2OfTtWNo/wft7/AEHULeeC3WzvIFlaN2O7zABu28gZ4H1z&#10;X0XbeCrDUPA1vHIhj/4lsRjWMAFgCeR78jvzmsm18Lvb6Uk1lb+WJJUTazluMZP+6BjHFVRwsVsF&#10;StKpGz11PEW8C/2fqen6MsLeTpcH2tfJTqET5M5OAS2AB35NFn4QcWk0MlmsMn9lSRTJcwjLTXMg&#10;XaD7buMe/NeleMNa8A+DFupvHHie3gupIk/s+zt5PMuJlCtgmNRlULfxNhecEjrXM6V8TNW8VXHl&#10;fDr4a3F2XA8y41GX73tsTIXrnh68TNuKOGchqezxVde0/kinOf8A4DFNr5pH1eQeH/GnE2H+sYHC&#10;S9j/AM/JtU4fKU3FS/7ducC/g6Wy8QXy3vnWhja18nc26IBQMZXJJGeOOSPaqTfDS+/4SKzmvnij&#10;vEvFthdRqQHiaVVVsHGfvZ9gK9H1HQ/iLbTtc6x8PbO1Mkit+8gnXaAMBQdx4AA9fWiy+Kvg2W5F&#10;n4z0FtJkkmUreRgzQxjagHO0NGcrndgqAM5xzXk4XxI4NxmIVCdV0pPRe1hKmn85JJfNo9bFeD/i&#10;DgcO69KgqyWrVKcZy/8AAU7v/t1M81+IPwpgeCXT5bhrxpJJp5pm4DMk7jLcHrt6HoffFc/B8DLv&#10;w7qcBt9GmVJ5FdWmXHlHYu4Ekcgse3065r3+78M6ONdmmtrgalZXkN0WaOQNHJGfMwSwxuGCDnJ5&#10;zXR+D/hXrnxF8a6b4S0i9a4uL3VFaNmbKJGMbmPHKIgZiMYIUcmvvOWjGnzJ6b36H5m6lT23s5Rf&#10;NezWzTvtZ/imeV/AT9irxx8d/ENjoPgzw+qQxlf7W1HUGKW8PJbaCOrbf4V6DqRkE/bXwI/4Jt/s&#10;3eB7rT/7divPFGuG3P8Ap0kCLBFvJxPHEQQq7oj5chDMCoYHBBPqETeCv2dvAmk+CdB8Gx3Nnqcx&#10;tpIbmzdkeIuiMWAQ73cybtp2qyq5yAlXP+FyeD7XwFf/ABxvdLbTbOysvIjvrrUNw8pljfMcaO6H&#10;OQuAQ+5SuCa+BzTOqfvqc+WEb3W2i3bf9I+zweTYyEY1adNycnyxatrJuyST132sr6X1vZea/t9f&#10;ELUfA3wjj+FPwp1AWWp6lixjuJGDNb24P76Q8Hc0n3fUguRyK+Vvhj+z/wCCNDvo9evfDmmXOsFg&#10;z6l/ZUEczvjBb5FHJOfUgcZNdT4r+IniD46+MJvHF1pn2W1ij8qxhI5itwxILkZy5ySeSASQO5Ol&#10;4Z10aBdJdWhXzVbILCv4n8VuO6fEuaRpYKDp0YLk51fmmr6vdLlXSKtfeT2Uf6P4Z4exvC+UypSq&#10;c1Wb5pLRcrts2tW39q7avst2/QPB3wa8SeIGVYtMMMbD/WXC7QB9DXqXh79kPTtZsWtNT1qVPOjK&#10;NJZv5brkY+Vhypx3ByOxFZHwq+Mtnq0f2bWLqOGRVG3LcGva/h18R/Ds1x9kbU4d3+1IOlfW+HPA&#10;vhnmNOnWqT9vKX88uWz7cias/W78z844ozrifCynGCcLdlf8WfPfxK/ZIuPgFY2+p+HvEV1rGgFm&#10;ivLLWNUknvLaSSVnFxHNO5MqbnKtG5GxNpQqsexvM9UsdA1vTGt18PyXsdwUQ26xqkih2AYushGA&#10;gYs68sArAKzYU/Uf7XunDxD4Sj1jRr0Mtu+24jWT5WQ8Zx6ZNfmv8ff2j9R/Z7/aA8CaZqlj5Ol+&#10;Itcl0bxC0roNxmMaWVwoVirAvvBbJIWNlKg9PmPETg/BVOPKmCyjDum6dNVItSbVRpOWuvMruLgp&#10;Jtqdk3Zq3o8L5lmGIyNYmtU5pcyjJWs0m0ubs+W6b0V43e616LxJ8AdLH2rUPDWgXVpZ2uoTwXFr&#10;5gVSQozNCyk7kB7HBGGBVSpWk+C37N/jHx9rFxZeDNHnu2ZEmvpYcmKAAEM0jY+XoeByegB6VyX7&#10;LX7YHg74afsN6b46+PfjaOaDwss+iNq0cgm/to28zw2ptsnNy88SxFSDl2LNwMke/fs2/E3w/wCP&#10;PDVjY/F+wvPD63SJqsfg+bVGs/sUYuQ8M10IyshxIg3M3yRttyo5z+1eHfiTxNgY4zKuIIc0KE3C&#10;lXlzXdmlyyveU0k1Lnk1yppVJaxPj+JuG8DiMRQr5fpOqlJwVkrNX5r7Qb1XKk+Z6xirSPTvg7+y&#10;78HPhLYp43+NtzpNzY3kMX9k6lqEjwQRyMqsJvKkH7tQdwLTBQDGrAfN8vPfte/sd3El1J488Baa&#10;qXzMsmq2sK7V1CEHmVAP4sfM6/xY3DnO73bxr4d8D3QuPiv4p1i9u9K0+FZm0mS6kSWzmVViO6cS&#10;osceMks20gSTbpPKeRRR8G/FTUvH/ijWPCPiXQzDpUcMl1pevQafNElmsMxXy5Hk+VW2FD5bbJFY&#10;S5Tbskf9Qp5tXw+L9tOV/Lo1200S7djzZZZRrYF+yi+WK9/pytWty31lJLWfSS+FdD4t0vwZbxR/&#10;adIgWJpAGKbSFUkEZPPJ46Vkv8PYZLuGWS4lEqXDMqyKcBmGCVH8Pr15zxX0p8V/hNPb6vNe6Tp3&#10;k3FxH5r2/kGOO5Xcf38QOMNjkp7EgdQPOLbw7/aXiSLSWhUpZy+bcM2PKVQeC5XkjABA6cj6V9Fn&#10;PFWTZbkLzFNSk/djDq5vaNt9N2/5Vc8rJ+GcxzDO1gndQS5pTWqUF1T2u/hS35nZmz8FPg6mgaVH&#10;c6RbQx3OA9xJdQgbdw9SCScEdOB0POa9a+Hemabp1lcPqoW6YTeZcXbTbNig8MO5XvkcCsC306B9&#10;JjttOiZ/tJ8x5CnDru+Z9mOVBx69Bn3k8S3knhaOSGK9aFUhxMzK2IgeoY/dH+7nPTpX4T7epVzK&#10;WYVott6ybldXl2W2y76LRNbn7FKhz4eOBovlitIpKzST+/f73q7mh8ZE8LXWi6hNbXNu3k2vyXW8&#10;7hkHADA8tjOBwfWvkrxV8UY/DerrJ4wW3vY7OSN4ryXiaMD7u1u4wc45APOKvftB/tORF5rfwnut&#10;7e1hZTk/eCgDdgAbRxxnJ98cDwTwZ8KfGn7VniCO7+yX1v4Zt7pknlhZ0k1Rv+eUR/hjznc457Kc&#10;8j4XNs8qYjiCOY5fVlS9k2ueF/ed9kt5X2s7p9fdP1vhngPB08gn/byToSWqnZtadOzfS23lY98g&#10;0bwd45ktfEnhorfQXMGVuRNwV3ZIYDIBB7dyPTr3/hzwRrNhdxsNFmk03I3efty/HGzAHA7AHAC+&#10;/DPCPw0b4Z3dr4bvNIj0u1so1S2trMK0aR7RtPy52pyMMcDJxnNeuDxXpmj6etvekLC8JaKTeMOw&#10;6oMEtnuMDkc+or7CnjOJOMsX9czqTpKNowpWso2STbi3vJ/Fe/ZaH57Ry/J+FaLo5PDnVRtubd5N&#10;XdlzL+VbW00vvdm1onizSfCvhyOz8L2a3E0kgaa18w5THUIeQrEDHOB2rA1/4y6h4Wkup9bjit/t&#10;i5t7yPIDSbjg9yCRk555GB2ry3xXq2uaVq8mtaZPEqq5WGSG4DRMA20Mz5UsBypUYYZ4DYNcj4/+&#10;N3gPxBpR8P69JbqyRnzIY5NoZ85E0SjCt0CnGcsOxyD9Z/bVanhvYpqElpFPSL/yv/wUcsOH6NTE&#10;Kq1zxlrJrWS2f4f8OesfFT4kSv8A8iz4sk0fVriP5rpbySFmUdN6Dock7VIOctjkV4ZqvhDWvFNv&#10;qviDWLxtSu5p4n1C+nn8yRmVQM7iMnBx1A+mK8V8UftP2nhOa70PStZ01rq21UxxwQ7mk8nLFXYF&#10;fvKMjPBI25yCDXov7E/xTX4n6lq3w513U0uLj7PNfafLu3BoldA0ZOSSV8xc9xjvjNfY8D5xy490&#10;qsUvaLbs/Xztr52fc/N/EThnD4fBvGYd3dOyb6uP/AvpvZXRqa38HbS+1i61M2KrLtWUXDL8gYkg&#10;qeB1BPHbtWgfgjplqLe0tpFjkjHmjbHuwSAcnp3H5V7J418OzWTGNIxNbyLsmC5CFivBUY5z3/r2&#10;isNNa4mg+0QKjXCr5hb5TgFl6nuD+nNfrnNZH4jKTbufOX7VnwqtrH4eaf43WQmPRPFWm3SNNnJg&#10;kcQShfRcNnA4GK6yXwF4fkgkvNSHmWskEkm0rjYB/dGffkd69S/aR8By+Kv2YPFulaXZ5uP+EZum&#10;sU8wMBPEu9GXr825M57Gl+G1lpPxH8AaV4hsUH2jUdCtZ4lYK24Mm4k+xH6U4y90ftZdzhm+FGg6&#10;ne3iWWjxTRzW6y4hk/eOAABgEcHH16fjVeb4TadHF/xKdGkklt18zYzLuLo4OOegxXrmleCYZ7Rr&#10;u+WRln/dqu4jBKLsIPBAJODj9Kq3WhKumtcae8bN9jmLRLnczdGXn5myOQeelHMhc73PN9F+HumW&#10;usXi6xaxh1ZkZtuFVBkqM+uxjx1wOKbq/wAPtMn0T7H/AGegW3ka3WZl+bkH+mDk9dor1LTvBl7f&#10;aU2nXULSXElrC7fMoYyIhwo4IJKc5x04qLUdHmjtY1ubKNpGleKNTgf6Rtyi9OhGR16GjzK5/dse&#10;Rah4F0zTLS3v4dO2yLdQhfMIAViVeMgdiGJXI6gGrn/CP6T/ANC//wCSI/wr0q48MeYt1tDfJYxb&#10;Y5JF4HGMEZ7Muf8Afz9Of/4SjVf+f/xV/wCCuP8AwqJR5txxqShsa2laBZXEMy2x+yrbQ4kmaUsz&#10;fu24UH6BevGR0qSPw7CLeREfpeF2WTP8EaLx167ulbEGkwK11LcKsa+ZDAqjqABHyMZx1b/PFWJI&#10;Wkjg8xlkmaO4l8lmwCGcrzjr8o9Rn6U1CK2RpLES5Tlk8NqghMEDxyXFxGiNktuYh3xyBwM9ORmr&#10;dv4bglWeFLdfMYsJGXsgC5OSevPb1rphamW6W/u7b5baZyvmY2hURMHjPGSfzqLTdOgjkuomWRhH&#10;sIk2ZZjsXp9cHt/WqMOc1dCtbS30eG2ew2tb22yMryRgYOeuFx6nmvmH9uH9vTR/2ftZh+Efwrm0&#10;vUvGV5GkV1N9kVodHVhtEj8ndPzwh4GMuOit9C/Fr4i6f8GfgtrXxS1HzHXQNFluZo+vmuMKgOM4&#10;Xewy2MAZJr8mv2Yrzwb8Q/in4o+MnxRv1fyZnv5vOkCmaSR2Z29iTk4HAyQOK+L4szTFYOnHC4R8&#10;s6l/e/lXdPpfXXy01tb+gPAngXKOJcdiM4zmm6mGwvLamtqlR7Rl3itG1s20m7XT9q+Emhav8RPG&#10;Emq+Ktbk1O8uJBLqF9fSF2mb3Y9eBgDpjAAAr7m/Zz0iLQ7LzLW5KQ28itttbfcxRfmI2gEtkAjA&#10;BPPAJr807z9svQbTxXPe+G9I8u3WXCrHGFG3PYjGfXsD+RPt/wAC/wDgoHDoMgtta1n7DbzIHwzf&#10;fj55DZ46Y9iD3r8byLE4PI8xnKum3Ju8u/nfc/sTjLhfPc8yaP1WmowUVaCtouySVtNrWsj9Q9H0&#10;WHVVEfxOmtdSt7q4keHdZiONIyf3aBGG5dq4U7iSxBb5QQi878TP2T/h74m+FN5F4207S2vpLu4M&#10;FzZ/dNuXYxcbV2kKV+UZK9CzkF2+dNH/AOChHwo8U+HG8K6H4sgj1KHAWC4hdCzbS3yEjD4AOccD&#10;GDjivOPFn/BTaXSYJ/D/AIr12RY28yCHJOxwuQcA8dcjOPxxX12a8TcMyo+zrxVTmi0vtX9d3ofg&#10;OV+GvH316MsJzUpQkm0k4tpbOK8+ttHp2MnwxoepfCn4s3Xw4TXI5NJvvNENtdcxli2cr/zzfk+x&#10;5yMnI+9/2JfhdpUczfEq70tI7jUI2tLPCgeXbhh5hHuXUL6gqcdTX5ieDvFvin9p/wCNuk+Cvh7I&#10;JLrWJ2FreSR8WaId0lw/IOI1DMR1IG0AkgV+vvh+38N/Cn4Uaf4Oju9RRNQCaNY3Fn/r4naFyJWf&#10;AVJHILBjgM7r03A143h7nWaRweJwkm/q8Zfu3Ju8V1gr9NFp0v5nnePPC+X4LM8FipRSx1SH7xRS&#10;V+iqTSt726T3fK7t2Rf8eRaTq161/c+CoNRms5pLOxmRlW6hLKQwjlynlllK42MW+fHGDj4h/wCC&#10;iHxJOneNdP8A2bPCVqbDR/DcYutUt47h5PtF5MfN+d3+Z9qsGy3O6Rs5wMffPhvxdZ6y82sS61p2&#10;qaTaxRy2WoBFL5KpgEhj8x++G2hSskeN3Jr8qf2o/EZ8TfGrxN4w83c99rd1JIN2do8xgB9AABXz&#10;/i9mUMPk9GjQdpV5NP8AwxV397t9x5HgrlkcbxFOdePu0IXjdu3PLSOj0TjFy6XTkbvhv4gxWHhz&#10;+zIdq7xmT/CpNN8XQyTb/MAA9+1eOW/ih45NrP7Dca0LLxGrHZ5/fNfy1iMpnUj7zbtt5K9z+jqm&#10;V0Yyk1u3dnteneP5Fk8u0n+Xp1rtvDfjXU1gN9aXc0Zj2+ZIrEBWIJwT7gNx3APvXzjB4p+ybUNw&#10;NzYHDZJ74A7f/X5rrPCnxAMifNdhlXBLLJkHj9f8+9eJisllStUp3TXVaO/qeDmWR06lP3Yr5o+j&#10;I/iPreoaW+m32qySK64kDN146fSvk3/gqJ+zZffHP9nfWtX8E2LHxX4ftxqOitbxM0l00LLIbZQo&#10;JLyBdqY6OV7bgfWNH8ZsSIfO3bv4lbv6V0a+IrSPT2nuZNzKMqvQn2rky/OM8yXPcPmSqSnOlJNc&#10;zbuk7uLvf3XqmuzPkcRkMadGpRUfdmmmlpurX8j8mPCHifS/FOoeHbXwN4a8MeDfEVrbTajo2veL&#10;LvUNct3tnWCRE8OWoEsZmLBvlmiSeHbCklzuPy/bv7FGgfs4a3qc3xN8CfFnXPGvjjy30/Vte8VX&#10;V5BePlI5pbeO1nWNBEAUb92jD7u524Nct8Y/+CdPhj4v+Pf7Z+FfiSPwfFeasl/qVvb6et1bpdqx&#10;k+0RQswS2kkcKZJo137l3ggtMsv0B8UPO+LGhaLp/wAa7P8AtzU/BvlmPxNJCkOowTRMrq0kkO0O&#10;Du4ZVQMvzbVYOV/pXibi/h/jrh+OEwOKq0arjeVKG7Un7ylGy9pGOrcITu1dqLeh+RZbwrnfB+Ze&#10;1r06dZNrlnK7cVa0VzNtU7/Cm00nZNpNHpXwI+PPivwt4hm+FWq6k1xb27KunrcKWWeyLcQSHB+R&#10;eUWTnYAAflIx23xr8c3/AIY+FE2p/DPSY7LwuVmh8QSR3CRXNgGeKIXDvNLGsDRgsyyOWSJYV3BE&#10;Ilt/l/wR8V7/AMO/FYeHvE8Fu2oW6vqHh26t7gsdVsEcCVHG0EPGHTPJyHY9tzfQHw58QvoV3b6r&#10;8P42+yx6d5uy9uPPaS2Rtvlv0IfIwBliPLbc38NVw3nGMo4OGGxVdVXFLlmm2pR2TV7PpqmlJO6k&#10;ro+4zDA4evUhmNGg4NP36c1yrnjupWdk9U4SXMne6bidD8PPEOo6B8HI4/2iPFml20NxqAfwdqGq&#10;apJazpbzESRGVrpt8RBbaI5CzoE2EyMA7S3PgDSLDUtW0aa6lj1JmWa4is9q29xgAhwMcEqFJUc8&#10;kjpgU/id4Xi+MGi2/wDY1hqWsQalam1voYbxbS40q/KyCO784H90FSSeKVFEm6OWMCN0JDV9Z+Kf&#10;w58BP4V+CHj7xZfy2bZdfFWpTRCNLgzFIQ8ksvmCLzGWNMea3+p8x1EkbzfY1JUcRG1RKS6X11as&#10;/wAG16aHiU5YipU9rhr+0nKTnCMfhSs7pdNY6xaTm3zRtZpYPj/4g2Xw2H2dG8u4KjyZd33fZQOh&#10;/nXhn7Qn7V+s6zYyaXNqS2cax/vLPanCgAgsw/irsf2uPht460rQLjWrWxuJGsLcy6hZWsS/6Rk/&#10;663Cn5sDl1GdoBYYAYDxH9nf9jXx58SNfX4pfGBTHZ20iyaX4dkkAVech7knhn7iPnHVueB+e4+n&#10;m9TFVMLKco0dLKP20uitv1vfTvfQ/ZuFcLwnRymOb4ypGUo9N25O1kr9977dU90ZPwh/Z++IHx18&#10;QxeOPG8aR+HZGL2dtcXC79SYckuCfkiGeA3L/wC7977Z+HPgTStB8Ox3Gl6S0drAAi+U4AT0wByO&#10;1UtM8OSaPbnWvsIWC3lXZFGEi244PCKq546nDHtnBI0PGnxAFvoMlr4as3jkk2JJMsgjCsQxCbSP&#10;mYjpjkHrgcj2sryXC0Z+2rb8vur9Uu7e7evmkfP8TcTZjxFWjTglGmnZJP3Yrz11duvfZdFe8UfE&#10;PwjrUv2e40yxm1S3tTa295IqeYFD7hEZPv8A8LYQHBPBBxx8/wCp+PPFVt4vuFVJL6GHbLNK9uJJ&#10;HB3bI2C7sOAfvLnv0Ga526+NeoW+vR2XjTS761237NC0yf8AHtKrnGJN5+bgZUjLLgj5hg8L8dP2&#10;ntBtr24Nrex295tYC+hw5aTBZAUO1ZARk5XIAYE/3q9atWrZgo1K9RqUHpZWe3VddO/3rW/Pgctj&#10;ljlSpwUoyWrbulr0f6LZ9+nQfGD45wWditpp9utvbyIR9qhdpEtwAx/1TMPNJYA4bA/hdSGAr5V+&#10;N37S/i7WNe1Gwt40S8S3Eslva2qi3ltwi/umiZxwXVXOCSrDjoCOF+LH7T+saRp9zpS6l5WqW9xy&#10;uxYnKlc7iyLkqOMAkAZ4HcfNPxa+NV9q9vHcXN3CrQ7d01qu1inI25zyTu645/SvSyvJ8xzTEKdV&#10;e69lt+C6FZlmGX5VQajZNJ+9f0797Hovj74tf21EviDw3rlzaMskJaN1QF0xsAZlODtGAN2cDv0x&#10;9j/8EOvh58T/ABN8WPG3xQ1CxmXQNLhNpDNKoKtcyqhEa9eREoyOigp6ivkn9m39gn4+/HeytdQ8&#10;STSeDtFvGDaetzYtPeTKTnLJwIFPQNKwPIO0jmv1Y+BX7JsXwy+EGi+ENe8cx6N4H0lWH2fT5fJX&#10;UbjbuknkLAPNMzktljwNu0gELX6Nk2Do5filOK53C9kmt9NHLbTrbmfSx/LvH/idls6NXA4J+0lJ&#10;2lbZbXu9tfK/U9g8ZfFX4S6Ddxw6541t21BZTH9jsVa6f7o2lhEGKsCRwQDVzSPH/wAPZ7aCG1u/&#10;st+rMrx6hayW+wh1IG6RAuThgBnOQRXgcf7WXwF+CGjarefC34dakF0n9x/aF9JHcz3LBgEkhHmY&#10;j68jC4H1IPn3j741eCvGS/8ACe+KPGVvHpaOr6hqEkU24upLxRwlW2syh9uxQoAbDNjivQxfGeaY&#10;ao2401H+X3nJq9t7r7+W3kz8Ojn+OnU92EX5K/5/8A+/dV02xt/D0lrfW8D/AGq3u4Btm4yc4Jzw&#10;TzjHoa8J/Y0s78/sz+G7ZpI1vNGuJNEvGjl+aBraaSBlYrgggxn29OtaH/BO39oPw3+0L8I9SttE&#10;M01h4d8UR21v9suUllMDRxtjeuRwXY4HCrgcYIqj+zm1r4f8dfHD4c2WmtBHpfj5b+3jb7saXMaT&#10;EDjuZHPpx9a+/wAtxkcdgYYiKtzJO3a/T5H1lGftqKna10ewL4av7C0NkXD+SULPIw3OAev6EZ61&#10;QuPD9v8A21C13BJN5cYDzMo+Xg5BPQjB7evauisV1KLWWnmvh5YhYFUbc2dgfHzYOMjPJp9h9v8A&#10;7WmsFKzGS289Ydu1mfYrADP95WOPp7V06lnOvHfaPpv2i2MUd1ar5aYXnfFIFY4OR9wqcc8Z9qmv&#10;tKb/AIRyTVL6/hmkj2XLMqlvL2ucSEeh3YPHbpnFdleQJdn+1Li3hUxhXl2YZy4ieN+nOGChs+w/&#10;EsbKynsI7olbhbyzvIgCnEjIPMVSeOueCeDimpFanmdxoC/20IRmS1+2xxyeVGR+5lXywMHGMfuj&#10;yOmKx/8AhFIP+hd1D/v2f8a77TRpNzZ3Emp20cC/2WpjZjhvOhkx37gRD8h9T03/AAlWgf8APhJ/&#10;32f8afMUjzFdOj06a7eGdjdLds+zdnEau4B/EbcAdc1em0xW0FrWWFYyESJtu0si7UJI/GRu/UVH&#10;KHttAk02CbzWuJ2haR3DbWYSL949jgH1AYVP4s8S6BoNvv1K+i0+CbUJYIZryVVVikDvtUHG4BUY&#10;nAPEbehI0qVIU4OUmku70CMZzkoxV2+xPPo7KGSzZtscckaruLLnYE3cH1XH+RT1sbm3ubiF1ACy&#10;qJAzno8hDHAzggD04wKgj8b+BPNa6k8eaXD9oOFVtShUnfcKdgy3X5wCOoLD1FV5de8T+JY10r4f&#10;6jp4m1KxW4XWrpRJDF82/wCVFYGV22tgAgLtyT0Vs/a0+jv6DVGp1VvU+d/+CxXi2+8DfsYal4b0&#10;0yK3iTWrewmZG+5boJbgjPuYYgcDBUsPr+PNrqV5bI0MU0ixyY3qrcNj1FfrL/wW2trn/hkLQ9VF&#10;+snleJkiuFXJzvhcBv8AyHIO33vz/K7wh4dHiHV4NNadIfPkC+Y/QV+U8aVrZp7+yirfmf3R9HDD&#10;xjwI6lJ2bqzcn6KK/JISw1vT7SzuEuobhrl9gtZEmVY05+YsCpLcDAAK8nJJxgui8S3IcoX+Wu6+&#10;Ivwq8EeHNMsZbDVD9oZj9ojmuVBI/L/Ofz3/AIleEf2eNH+HkNxpfiOwXUGs8rHb3PmTCXbldyrk&#10;46hvTivkcPRpYyLa0t3P3n/WSphOTlcmpuysnp667HnOneNXs547mGU+ZG26Nifut610Fjr/AI3+&#10;J+pWXhnSo5tUvG3C1t1xu6FmYk4CqFBZmOFVVJYgAmmfAr9lH4q/Hi9t7/TLH+y9DkuEU6xfIf30&#10;ZZ1Y2sI+e7ZTG6/INiuFV3j3A19XeEfCHwb/AGXTb/D/AEOxuNU8YXFxaw31rp0Ymu7sF45WEz7k&#10;EUBGP3AXeihJWRxG0h+XzrMsqy2qqaXtK1m1GOrS6uT+yl1udUuN8TzOnRip1Ftbp537L7u7R9Q/&#10;8Ew/gX4R/Zo8Jx+PPEmoWsmr6kI017VpFU+WhO6O1gbtAr7WkZT8zDcx2xps9sg/bV+K0Hx1HgvX&#10;tOs5rrUJr23Tw/b3UNuF0mG7hjj1Aypd3HmN5d0HAKWj7Yp2ZCyxRn4v8VfCD9rf4l+K18T+BJot&#10;NsUt4JvDsmrxxJDo4MUiyCGDEm6Z/wB0C8kWUjeRFYbjixP8Lv2yr7xJb+Etaurex0ZbGOHVvHmn&#10;yfaNRurWIlltVjjAlGGZ/vDbgliSxIbxsp42w+Jq08LSxVKM5/ZdSMVF9m5NLTZ63vfS2p/PPFGS&#10;4PNMfiM2zWtCtOcXzKzlKFr2UVHVtae7BKT5Uo2iry+p/iz+1bZ6Locnw3+Ds95Nb6e0l1f3WoTN&#10;NMlwzEmEvlt+wlUVQSMIApKqCPz38R/tFtr3xd1nQr+5S3kt75mZGkXMiv8AOrAA91YH2zXrHiPT&#10;vGnhHw7pOjeHvh1df2b5ElosczC3uL26kk8yMJ5rB7mVtijamSQOgC8fI37dXgzxZ8OvH1r8SJvD&#10;1/prb1sb7zLF442aNVCzoxVcoxLctg4KAgHIH6bn/C/DuaZDRpLF06uKTbvGcZdEnGKT1UdOl9bv&#10;dHxPhbxb7DjWthatCdPC1I8qcovmU+a6qVNNHP3lbZaJXtd/Q1tqSajAZ7e7Vhtzle/5VW1Dxb/Z&#10;hZHdtvyhm6nJH+f5Yr54+GH7RcUlnFp2pXTK8ihfOz8p4/Su8svFK+JbqGWO5bb/AAt5m3P5dutf&#10;heI4bxGCrONde6j+oquCnGd94vVNdTvrv4k3KxMYxtVWwzqST0Bxg/57eudLw18SdThVZjNsH93I&#10;Jb3/APr/AMq0Phj8H9H8XaZPrPjf4lWmlwWy/uYJo1nluRj+E7xsOCcMwPI6c1x3iPTNN0HW5rLw&#10;zM15Ckp2St8u8BuuO351x1svw0qMbpe9e2qe2mq3Xlfc4qOIwdapKjFax30dvv2+49h8O/FyaBVF&#10;zMS38POa2pPipLdvzc/d+70r58k8RTWE3nTL5KqoDKreg9zx/T3q3Z/EOAOscd0GyoO5f5dv89M9&#10;a8Gtw1Rm+eERPLaM3zWPp7wF8RRZX322WfGRtC7hUXxJ1TTfiBa3lhInmR31m9pexpMyMy9UYMp3&#10;BlYEqwIKk5BB5HhGl+P5Eh8lJunXn/69bnh3x60czTXV4sMKoTLIzcKoH19K8OXD9TC4r6zSupK1&#10;rb6fjfseTiMkw86kpzinpZpq6a6prqjlPD/hj4r+HPjz4Llu/Gj+LYPB+oC5mjuvD+3Ulsp4biH7&#10;K1xEfJm8xY5VVTCm6QRqXVnUt+jfhH4KeItN13T9K0bxFcWNrIZZIrWaMbL+OSJo/KdcjB3bHXOM&#10;GPGBvNeN/sp6Bo0Hw7b9oDwjpNrcakunrczPJBJLLNYqTOmyFMebI0efLUn5GfPzkbT9DR6pHpAP&#10;wt/4SrVNR1CAT6rod5qUIE0KeZGRDJJ/y0kJZ/LUKpEaruHygt+1YHL/AK1hKdXGR95Rs0ko7tuW&#10;kUlu30vfe7PxziXNKNPEPC5cnFRvGXM3PZJJpO6jGKasr6pu2yPLfFOuan+ygmmx/EHxBbyWuvX0&#10;1nJM26KHKMm2C5dePuk7GznG8HKg4oP8Ifgnqeoap8VL/Vr/AP4RvVPtk3iDw3cTLCXZvOlZVeIR&#10;yAM0srtJLMwWDfF8sDMsfp37avwFvf2xP2Ste8PeFGW31bVNM+36HcM2yKLVYQx2HHIQsPJLEH5Z&#10;mYAlQT8vfsx6F8bf2cPhxpln42luvEdtZ2kkZ1ySaFp3hAAW0MWd/wBnAI2OxYx4AJ2Y2e3mOBnl&#10;dOE6cm4SScVZyaSWt3Z6Xtq+6Rnk9eGcZbPE0Kvs8ZGTjUimo8yeqce0t4ppOScbrse7eDfjzY/E&#10;z4ur8M/GXhSXT11yJj4F1i50+7gnt7iK381l8i4ijZV2+dkkKwa3HmBFuLTd1UPhiyv7S+8MaTOs&#10;eoaXIZmks7VBDfP0kFueASGj+eMAbWRgAP3iDxO1+Ivw0+DPgfxF8QPhxpetTQXMMI1y10XYy6ck&#10;cTRx28a71CDcShlDHyotgMiQQwiLm/2evjT8TPF3gGbSPjCsk1toNnb6l4O8eWuyQqzwooiEcEUI&#10;EizLJiCMM6bFicblgnn4KOe5fHDyqzS9mnyu9r622312/wArIzr5HiKUJYrBxdOlDki4yfvOXVqP&#10;3JxT1V5x3seqeMvib4c0y0nsdVupLeSNRFcHzAqhg/LHcjORx935SCo45zXzH44+PFnputHVPEV0&#10;sVnbuqyW88mXKh/lT5QVYMeOevTK7lrtPjzrOsDw1fazqehbtThsHvdW0sRCSaS1Undfo8f7pAAC&#10;XhVmCfNIp8sOsHwb+0d+0lDBPHqn2cARSPHPDs2mSI5BjJBH3gXUkDIGDgkLXHGOKzjGU40pJwur&#10;OOzW+vQ+xyungcLgZVLata3a0dunk1s1p+KPYvj/APtlarHpS3Hhq0LWkd0Ibi6jVjDcRIfnSRWU&#10;fv0BV1KgFS6kE7fm+Kfjj+07eX372bU1e5twy3DPcDypc85HfOBwc5IbislPGHxd/aS8WTfCj4L+&#10;Hr7Ur6W4Nxqcy3Bjs41j3KJ5sYSJdhIx95jhVDMQtfU3wE/4JM+CPBvh6Tx9+0Rp9z498QWflyRa&#10;LYfJYqVzvWNSQJwhBVvOAJK8Rjqf2TJeE61VRrYxXa6df+GPxLjfxUyXhfnoYZpz7J3+/XzPj3wB&#10;8E/2lf2oVj1D4d+EL3+zG+R/EGoo0du4JPMYA3y/xcopAPDEZr7v/ZN/4JKfD74c6/o6/EKX+3fF&#10;sircPqWsRD7JZKdvMUayFYyCyfO2WUnBIycd38UPjd4F+Fnh6Tw/+z9rGg2/iDw7eJeLY6lDC8zq&#10;IiHj8sSJ8ynoiM3lqFZwucN4b+0b+3t4O+J1/Bc/Ef4bzSNcXgVdJsNbjZrdimHuGktcFiAWIiIM&#10;a8hs9T9PUp4fD0XSsumivZrqm7X8ux/KnEfiBxNxZUcak3GDduWLtdef6n25efFf4Kfs3z3mg6Zf&#10;HxFdXpKWclvbyGHTGRSHeWdGMbHOzEaHeCcnjBPhPjz9qq4QznwZ8ddL1KQr5V1oq7xFYs43GWSK&#10;QKu448sO24DIzgBivyDrf7S3jSz169fRPF/ibRbO3tRZ6pZTbVW9QO5ECR4JjUMDyWyc55HFcRce&#10;LdG8Uyf2xZRWtjbXFukVxrEkwklnbncuQwBYk/cPzZXHGTXhY/HfuvZYeHIrWTX2W+i1u7r/AIY+&#10;bweXxVnPTy/zPob4o/Fzxi+vL4f8f/EaDxRpskgi0yx8P6gGhLHC7neJgQynggsf4gpAPNDwhoVp&#10;LqMmoeJvDepXFn5bxLJIoNpahGxI7DBx0OATnOT7Hx3wR8R/BvhCxsYLXwWryXt40a6fC8lxd30I&#10;G0SBdoMPUEdD05J5Hrnwh8IfE39sX4yaH8KvCfwr8Waf4ba6jnu9A03Rrqa5jt/OVJLi4JQAkkge&#10;a5VF3LyAAK+PllmYVsVdt229pJ2Stp10Vu97aa9j18Dhac6ypQW/3n6gf8EttH0zR/2J4vGNozqn&#10;iDU7rUYS9qsckEMci2qjahPISAHqc575yeq8K31j4U/bn8baaYY47Pxp8PrLVbGdphGXubeaeB12&#10;dSSjQZ7jj1xXu/wm/Zv0/wAAeBYIfife2ehaPYW3lQ6TbSLsih4CxnACqeAuxcg4GCWrTuPHH7Nn&#10;hjVLPXfC3wtsdW1LTbPyrHXbyzj+0JCzKTHHLL+8Clip2rhNwHccfrf9vZTkeChQlNJRiknJ2ulp&#10;dKzm1fW6jy+Z9rhsHWlTUKcW7aaf57fic/pdq1tqkYa2EknmRqvzbjs+eHk88gEZ7Y96sXVvb3Pi&#10;+1YW81jM1qUjeQfMz7TH0P8AsjA6fe612MP7Tmr6iY303wPGYTGpdNufLyM8EEZ4HoD6jpkh/aVa&#10;dmh8V+EUjRu6R7iFxnBXqTnjGQOvPGTyLjrJ56qpGzejtNJ/Pkt8/vOqWWY3rD8Vf7rnLW7XZtkt&#10;J7XyrggOzsqqGRiQdxz1ALk5weCeaxYF8vR7G1ksg01jq8Akk3bS3mDDKcE44BBHr2616vZ+GvAv&#10;xBF1d+Db2GO8j2+das27YQpAAUnjqQexJHPauU1D4GeMkudemk01m+2Sw3dkLf5vLkjdsr028ggj&#10;ufX1+go55gJUlUm7J7PeL9JK6fpe/dHK6ck7W1XTqcj4OsYDHDFqgl2yXUsG1WDNtJWEqRjJwH3Z&#10;AIH1qj9r13/n6b/wWwVvXV4dOudXe2iktf7Kumktt1qVZ1kj35KnHRkGOOhH1rqPsPhf/nhH/wCB&#10;j/8AxNetCpCtFTptOL1TWqa8mZ7bnWWvwd+D0+gw2kPgS3udOktm3LdwmSZj8hRg2GY4VW7jtwcj&#10;Gp4Z/Zw+Ht4oc6CraNIkLWenf2rOYYynmAP5ZwqkK3GAMk5YEqpV2m+IrPVrtLbTZWjhjdo97Iv7&#10;7j+EZJXPPUZwDxg7q72w13TrWxjhjkDfKPutzXy+HwuHx2I9rW96y69X/ketUxdXB0vZUm4u/Tp/&#10;wfM4yD9lTwXb2X2SC71qHcg3zWmuXMDM2Sd22F0jzk/3MEAZB61zmv8A7Iut6Za6e3hj4p6zdra3&#10;AkvLTxAILoXS4PLSiITBlODwxBC7CNpyPYYPGelM3lx3St2+bjP496ml8T2sg2ecg7fN0rseU5XK&#10;NoRS7NPVGKzXHJ3lNvyeqfqj8uv+Chv7LPxX+Knwov8A9nXx1o+j6PdajpsFzoHidtSlGl3OqRSF&#10;/JUmJ2g3IJMK7FzvIAKrvP5yXX/BJL9sHSLtbGG28O30MkhRb6z1STyRg4P+shVyQeCNuRg5Ff0Z&#10;fErwf4S+Ivh648M+MNIt9R027AW6sbhQVYggqw7qysAysMFWUEYIBH52/wDBVTwhqf7Jfwxh+MHh&#10;T4ga9a+HpNWT+3NSudWu1/s6Z2SO3eQ2nlSG3lBaCV3lLea8Eh3yu8h/JfEbDcYUcPTrZU4VeR2k&#10;pxblyt6Ncrjdpv1a81Z/vPg/4j1MjrPK6PLS9rK6vdx5mkna7926S0vbTTVnwP4R/wCCNXx417VJ&#10;bTxp8TNHtbeGDcz6Hp91eTbuoG25S1QAjPJkznAAOa9e+Dn7AH7HHww8ZWvh7xHrOm+KNdjZluv7&#10;avo7mS3fy1RwbSIiGFS0sePMM7I08I5LKa5vwN+3BYeKNE1aw+KfxB8M65omsW/9ntZ6LNfySS2U&#10;oZX8ya5YsdjNwFI+V5cbmZQPLdS/aG/Zg+B+t3niBfjZeX10tnLA1vYpDZ/aw/3fOSJQ88sRLukz&#10;KZN77izbRj8QhiOO82qVcLiak4PTljRpySbaWjlbmVno07dLN2dv3/GZvmeKp1fruKcUl7vLG0Xp&#10;u5PTTs7LbV6nsnxF/aE+IGq/Fa8+C3grw7Z+Hxpt0z3DLbwX145EjG2knnjcRqGXymEShZUIAdZI&#10;y0g98/ZT/ZWm1nxHdeL7600+01TUpBPqMkMK+dcNjpuznPGcZwCxPBJrwf8AZi+Jd18QpbL4t+Jm&#10;jvN1nFcwsiCBNj7V537tj4bc3yuVOAFbjP1r+z78efBOh6ms11eyG2lYldvPTPr698HjPfHPzmZV&#10;MNg84w+HxFJQoc3LV3961ruUt2r927WtfvnxBj8yy7I/Y4Cjao4LmlH3rt62u9XpZ637J2R7T418&#10;a/Bz9l7T9/xB8Oy6TYqFFr4g1KweSyvTtBZfPjLiJ8naI5fKd2H7vevNfG37S3/BcD9kTV/2ffD3&#10;jv4IeGtO8Sal4lYwSNayLHNoixOvnLdwM6NHOd7GOGUwiVI5pg7JEA/Vf8FatQ8W/tFfBLTfBXwX&#10;8IeJNYuluHFjf6f9nns7YzKY5EuLW5R7W4YrzFI6GW3ceZFJG2Sfyp+MH7F/7ZHxOuo/hhpf7Lfj&#10;fT9UsZhFF4wurO2WS7syArwXEqsq3UUZH7onJQcL5a/uq/csPhfD7NKaouVKnSjZuDVNRlBp62kl&#10;LlbafNF81420uz+VM6lxhl9eFZRcnUu1JP3ou63Sk9V2kktdnY/Rn9kT4meBf2lfjbp/7XPxAW6H&#10;huSym0z4M+GZJlWdg37u91CZPMbZcGUPBsU4QRkbpB5bv9UftF/sT6F8ePhNqCeHYlt7z7KxNjqC&#10;maOZSv3Se2fXoD7V8V/sl/8ABOzwp8E/2a4/h94y8HXXifUJtBnstb8Q2+mRLe2VvL5wjFsSspg8&#10;sybwyniQsxBbr9iT/t9adoGmyWOmwmG6mi2COZg6qB2yOvpnv14r5PL6nh3KvVji4xVGm5Qw8vZu&#10;LUIt2dKfM3Kzd227yk3Nr3ml+j8NZbxhh40cZl8P37cZTblduT3U4uKUdNEknZWSemv4e/tO/Ajx&#10;N8APF14q2DR2tvdNHLbr/wAsiCfw7Hp2GeKyvhl8dU0dY7ec74c8FWwR7V9zft+w+Hfiro+seIra&#10;KJrifdLOq4wzgE5UZ789+e2K/Ibx94z1T4V+P7vw/d2jSWu8S2ci/K3lN29CAcr1/hr7ThH2fGWX&#10;1KEvelTbSe3Mls/U/oLirjKHCGX4bNMTHlo1moVI2bUKlrq1tUpJPpZNdLn3vpfxz0m709RaX/yt&#10;95d3T6806b4sm3/dQ/MrcLtPFfFHhj4++HLqNVn1dYWI6XB2kfj0/WvRPDfxosHgVI9ZhkjxjMcw&#10;Y/zrLF8CTwkn7j+aNcq404Xzqkp4XEQlfpzL8Vv959Cax8UJLuPy9jMzYxz0/Lr+lUdO8YXnmB5J&#10;NgyOi+9eRp8ZdMt4C11eLIwyQWZVA/L+v0rA1/8Aae8J6dGyz65aqoHMdvceY+fooP8AKsaPC2Kn&#10;+7pUX9x62I4myPLqTliMRCEV1lJL82fQes/G9tDbyY7Rp1VfmkWQAU34KfGrw38Q/i9D4f8AFk00&#10;2nW8iPc2Ku22XAZyuQQBwh7g56HuPiP4lftO65rdvNp3hWGS1jkGGupuHYf7A6L9Tn8K4Pw/8XPH&#10;vg9Wi0rVGWOWTewkXJP3vl3fe2/M3AOMsT15r67LvDZfV3OolGfS/wCb3XyPxDjbx1yGjL6jladS&#10;L+Oqk0vSF7N36y27Xvc/bj/gmX+2npmgfGDVvgNrt9nSr7xJeTeC8zK6giSSaSzJUlTna9xCCc7l&#10;kXILRrX3c1lqdj41sdL+Gks8N1qztq9lqF1p8dy5tFewjuYN8jg4mbbLNKWMgRmwGdhs/mg+AWq/&#10;tP8Ax6+Lvh/wN8E7ySw1qO8S7sb2yklUWDROJTeO+XdPLK79y5bIAUFiqn+jz9nPxH4v8YfCi30X&#10;x5rn2LxNobRybtMuHs7bUbmGRXEQJ3SC2mmVHCgkmIiIllEiP5XEeS08nqRjKpFylq4rotk36+u6&#10;Z8Hg88lnylj6NKUYK0ZOS92TfVLry6X02dr2PafhX418PyPDoml6rHfeHPF0MGo6HfW7BESVyPlw&#10;SpAk27QpywIAA3Ma4vx/420a38HXOvX9wv2tlmFqEt0X7Kodwz7sFss2H9txwCF4x9B8TaJf61cf&#10;BXwn4Sih0O2mmXT9UtNQkEw1QN5szPG4DMjGUyPK3LrJDKPPNwzQ+Y/tyap4tsvhjJrujacWvdFh&#10;m/4SD7GxaOWDPz3ygf3SC0sQ4jG5wPLDBPHo5pKjh/Yb2Tsn59F5p7Hdl2BpRzZOpePO09Wr2+zK&#10;VtnJWUlp7yd9z5xn+OWp/Cz4p3lz/bT3Fm0kssh2+ViIAsyqDuUqxAZlADc/Lk4B9B8VWNr8Vfg5&#10;DovwdtdIh03UBM914d0qOON72CaOUXD2iu8QL+c6YDsgGZiQX8uvhz4n/tFadotjeQS6nHcNcNwx&#10;3cSEH5jjJwfzGD07+SeAv+CmPiz9lrxcupaHcf2lpclwsl94Za9dUlIIw6Ff9UwGNrYI4G5XA218&#10;fV4Bx2f1I4vLqfLVT5knflk138+z6dGtWfrObZlgMrw/17E1Yw9nZqUtnbZNK1+tuq1sfp38MLP/&#10;AIQ/4ZXd18RvFMlp4fsdU2eBL7xFp62d/pDC7lTzHiEcawW6MYvKj5OAAPL8yK3i+Nf+CgP/AATV&#10;1+3+Nlv400nxJDp/g29vFg8UQ2jJbOt04MitZR4MUMNxErSKqkrC6TKsUcflQj69+G/xm+G/7dvw&#10;gsPiz8G/EV7r2pCVP7P8PvfLbfPE0TTRTRRNH9lvI18x03Squ945Ul2rbyxc5/wUj1rQfg1+wZ49&#10;8IeDPHc0msfD+DSbG01TX9Oia4DXGt2kojhbCo2yPfGiIu1YOQSrcd3h1LMcp4mUcXFxlUqONSm1&#10;pHZJrbVPVuy5m35n5tx5j45hwnisTg63JVcZT921lFJNNNJe7LZuyvKV0k4tHzP4T+L/AMOf2aPh&#10;hN4E+E/wzljtl1qSK8M8dxZWyQlARM2oMFM75X5gCHcIBwpG3xz46/8ABQLxf4z1HybLxdqdvaXV&#10;wwsn8M6p9lEOBgtNa+a3mMcgFm8tQMkB+AvyR4++MXijxBryeNdW1m+n1pnZZtR1S5S6kkKMGUCJ&#10;hiOPBUHdu3EMAcblHL6j401y91R9WSdbSZlwf7OzGqZTacDPG4E59cn1r+ppRqVIWjoj+K6mUvET&#10;9pVd2++u+575r/7Qni+a4/tXS/GkGky2ZVGi84NNMpAbIEZ3N8wydx7nO7mubm8YLDqS6/ZeGzFM&#10;zCV5rq1WS4K4GSBkLk53A7cLnqSAa1/2bv8Agnf+11+1clr4h+Gfw9c6bcNvm8Q65fx2MIVjgPmV&#10;hJKpb5Q0SOCcgE4OPv8A/ZQ/4I2/Cj4QRXXxD+ONzJ46hs7MzxwXLyWmk25VlIeXYQJkQgk5kZHX&#10;dmPivGngaVSSSd29PLz19en4Hn1o4HB+7F3fbr/XqfCPwm8JeKfi/wCM4dI+Evw11zxVq8seUkuI&#10;RtgL/LiUjKwjtvdkRevGa+q/h3/wSn1mXRb7Wf2nfjVHZx2tqJodF8L3D3z28fBMkjun7iMfPlUj&#10;J2qMMc17r8S/23v2e/hx4fGjfCjw22uvZ77bTdF0TTxaadAyYVCZ0A3fM2Rt2svKlQCCPI/Alr+1&#10;l+198Q/D/wAIr/4lDSNF8UX/AJaeHTHb2k1rENxmmjt/NWSWFIUaUuQFYKoQlvkHmYjEZflsZ1al&#10;nyJuTb92KWt29rLV/wBIxw9PGY6sowja7SXnfsfQ/wCwF+wp8Jviv4rn8B/Aex02PTNLkj/4SfxF&#10;ptnNdTxtkZgS6uCBJOQN2NrrGhUljlVf9R9I8MeAf2Tfhy/gT4RaPp7azHb+bJ9qYGWUsNrXMhzu&#10;kXKpuOeBtHygDbyXwa+Gngn9gr9lfTvB3w90G4+0KIrPS4ZGH2i+uZCWaaYlV/eEmR3IABI42jCr&#10;FqHieTXrq1u9W09L43lissN00ZWSSNwCy7sBiFzwMDBxxnCnlwuOqY6msRiJ++0pU4JNKnGSfLKz&#10;T/eNa6r3VaKWrcvuMvyangY7c2tpS6trdL+6vLd6mxeWafEJLO7+JWr3F9cfaDJHJjEaFi2ISECH&#10;yxldr4ZsjDE4Bras/DWnz266Lc2EcNqI8KGw2G65JPck5DHjJwSOMU/Bfg6Rbcx6Tq8f2d/m2XxK&#10;bfUAAYJK88cErkYycdX4a8B3SaXLdSeIGnlSRfOgnhUNBvwQOD908gMMDqM8EDtpZHTqS9pUopzm&#10;rSk7NySSVpN6yTW34o9KeMlFcsZaLVLp8l0JfDHhjwzYObX7IEcKImbbxtzlQCewI4Hpyax5vCFr&#10;capJZram58qVkXzD9/D8DPOc469s9OMt3mieBdZkaS6lt9kQjyrzYAc8YXJxn9B9OlbWn6Hp/h8S&#10;3niJrfzEAfPnHao9ZM4HXuPvdskYPbiOHMPjMPTpuMYRi3slt2sY08dUp1G7tt+ZwnhL4aXuj6xD&#10;qukJDHNA33muiwXAwRjcOD3z6ntXqNxLDGTGztt6jE33+n4dK8z8aftFaZa6jb6bpHmfZppmjubz&#10;LABSMbkC/NgE5+UE7ewOKj8Jatqeq3H9paBfTXWm3Sobh7i+3NDlsg7SuA+PdSc4zXTldTJsBzYb&#10;ByTaeqVt7b6afMzxUMVUtUqrc5348+BtSsdZvPF1vpnnWd7ZqJi027DKSpUhsdY5GZSoCgoScZBP&#10;Lf2T4i/59L3/AL4SvQ/j5r12ujWegW7eXa3UaveXi4ZkUyDOFHJOAR2IyGz8uD5b/b8nrL/30/8A&#10;hXtZfW9o6lOELQg7JpbtpN6eTe63+Rzy5lGL6vv+B1Xgf463D276fdaDHB5LbQjS8svYjjnP6eh6&#10;nrLX4m2+px/Yo9SiRjgyQrJlgvXr6HBHbv8AWvnlfG1lDNNeLYSf2bp0c39r6l8+62kQjOY9vzx4&#10;3kuhblQApyWXpp7Hw3Ppo8RaVcWupJfadBKZIZEljubc5aGTglZE5Zkcg43Pj7zZ/N8PjcYqbXPz&#10;KPotPkvl957uMjT5lJQ5eb5/r8++x7hJ4/iaD7MW+7xnbyD+VaGheLnIVbi4aSHHHy8r/gP89cY+&#10;f9P8d6gl39muo5Vbr86Ha4wDw3498H0Heux0Lx6qRK6yA/L/AA9R/jXRTzaNad27WPKeHqUY97nu&#10;K67aIqoZeCPlY9q8x/ak+GPgz9oD4J+Jfg98Q9MW80XxFpE9hqFvuwzRSxsjbT2cA7lYcqwBGCAa&#10;zh8TI4pAkDCVj92Fc/Mf6D/6/HHGxqPirT77T5IpplXau4yMwAGO5J6D1ru/tKhiYuPNqilRrU5R&#10;lFea+R/IB+0R8Ddf+A/xd8TfCPxSrrqXhbWLzTb2TayJM8M0iebHkA+WyorqSBuVwQMEV58k2uQx&#10;qft83l7gGUyHjOcCv1W/4ONP2X7Lwf8AtI2vx00izW1s/H2mpHqk0ys3lahZw+WCWxhVktvKVR3N&#10;rIeoJr85vF3wrutLtheWc8L281+EMkc2doWKBy/HXAlOSAa9vA5jTr0U/lr5aM+wqYOWKoxxFNuL&#10;au7O2v8ASP0ul+K9v4Q/Zg0NPCWI2W12rtYgxnf0/Mmu8/Zb+I+sfE57e81CSS2tIX2TSbuDgEsP&#10;l+hGAARkcd6+Nf2avikvxM+HMfw81vU4xcW7mHd5g/1o9T0y33h2yx6dK9FvfjRr3wmtW8Fadbib&#10;yJGeSSc/NK7feduuSTX815/w7UrVKuDlTTqqTs3/AC9/n+p/obh3hc64ZjiMtabrLnUnulJdfOL0&#10;a6NH6t/AD45+FPDOqGHVLn7fpiP/AKIjSDMeGBGASeOPT356V9GL+1H8Hb62WwPh5V/dnMbIhBYA&#10;9yfavxZ+Gnj39pDxz4YtfGPg/wAMp9jW+2TMt0q71AVQArYx8wbJYnJdQAuMtb8W/th/G34Y6q2g&#10;eMvCWo6bcRvtWS6ckH1Kt9x+3QnPOfSvnqGR+IWSU+TBTg4vbnhGTXZKTV7Lorux+O4jwly/MsXJ&#10;QxCda/vWnrfq2r/ofrrfft6fCz4eXnkXOnYkbhJGiTAzngMOn4cY9OcfEP7avjfwtq2r3XxP8FfZ&#10;4YbqR5Lqzg4j8zliygdM55H0PbI+M/GX7WfijxCizPNm4bBy7BgAV6ZB57DtjnIBrndT/aE8W6vp&#10;Y06edAvllHPLZTpjk4788c16lTBcX5tg6VDM6kZqMr25UrPra3daH6lwb4V5fwziI4qlP32rSvK9&#10;1+J03xI+M/iPxFouoS6enl2sEbxXLXFwqsDuVCEUkGQguvQEgHJ4Br4B/apIvPiHC8afM2nKOPTe&#10;xFfRnizxFHLvkLfM/MhyPmOSSfavlX4oeJV8S/EO61CNt1vblYYf90Hn/wAez+GK/YfD/KKeX4mU&#10;6UbJL87JH579JDNMBT4UpZZG16lWNu9optv5L80ccsO5CQPmXrU+n2pc8jkjK1Na2v8ApckH+2yZ&#10;9eta2maJOjbJNqmMgY3feDdMetfq1Styqx/FWBy+VWpF28v6+Rk3elzRESYz93d+PSpNOt/3vzQ+&#10;23b1rsn8JW/9hXF580nlxKjNt24ZkDRkevzBhz2APXIq/wDCT4f6r4m8T2Mtp4emvF85W8mNN2/5&#10;kG3GR13Dv7ngGuP67GVN+R7X9jexxKa8mYmmfD3WtegkmWwkVYUYqzZG/CFuOue3T1HTrXXD9l3x&#10;ldRrbf2ZKZmmVUVUYfM0gjRVDAbi2VOOOHX1r7S+EX7NOhXV7DYyaHJNdaVocFs0PmMFuZZLhYSO&#10;PlJIKDBIGSi5JbafrD9jr9k2y13xsvjj4macHUW9na6bbNJ5ivLAUJk2gDEalIdjYL7kyQmCG8vH&#10;ZrHLcFLE1pWtslu29l6t/duetgcp/tXMI4XDwvf4m1tFbyfkl9+xL/wR/wD+Ca/hf9nrwiNY8Ww2&#10;tx411mGO68QXEsZk+wWvLLZqw+UKrBRJjILnLFlWOvr7426roHwPisfGmkTsZNLby9WktCu4Q7tz&#10;SMqj5vKDMyLt3Y3JyJGNbvimDwb8NPCTT6Dff6VHbuROZBCGZcgZwAQAcg8DGc45xXxL+1H+05a+&#10;D/A15ea9ZyWt/ma4/wBLmR1njaTaAVDMUkKv0BPOGHO5a/LcfiviVeCnWq/FLXRaWS326L8T9vyj&#10;KI4rkp4a8aFP3VF295tO7lto929deh9peM5Lzxl4L8TXPgTTVOrapp62WtWq3CpJL+4dZZVjkdYW&#10;nmhSK3ikdBsOxpPMjjMZ4jTb7VfDHwubXfiL4p1rWVt761i0XVPD9jLJq6LcC3bc8LwrOrxZlnMA&#10;EkkUMjRgPJCN3nf/AATc+Kms/tVfskx+NdK/0jx14Va30qRo5tt08lnAiuV80uJDNbCKTooaZpAW&#10;2qSPWZ9L1LxxLZDxtbahbTaDq0l/pviDwvrzXP2We485Ibpg8IK7gWWKIpJHJDJtKGJ9h+CzrB5n&#10;gviptwTu3FXat/n3/B7HLRp0cPUnhlblhNX251ZWVm7vlekU1Z/EuWR8Q/tr/wDBJXRvjt4Wj8b/&#10;AAP/AOKd1DULFbu3m8C3kOo6XqUawS7CbdhbsrSO9qGuYCVWMMxgmkck/nn48/4JKftY+G9V1TTt&#10;C0PRfEw01kFxcaX4it45JHYAnZbXjQXTbTlSfJAyvGRzX70alpmu2HhnxWvw2i0u68TGM21tLpOl&#10;x6W/2y5cGS+bzvOXCo8DyEq+97WTCFiI64nw18O/i5r+tLpnxe126vxcTG2kstZ8C2kdqI87jJBc&#10;QvK4YxxybXed25XdGj4avKwHjDnfDlCcOalUhDdTbjNpJPRRjd6NK8rL0s0jGcLZRxFCeIxlSzgr&#10;L32m1ZO6puMrKzWtoJvppY/Mj/gl18Av29v2R/2gdP8AEFx4Am03wfr0kNj4ot7rXLVZYxjMN4lq&#10;sxuJTC7HJjicmN5UGC/Gd/wXq/ao8LeIPG2j/sw/CnS5rPTdLupNf8SQzTI0v2+4Mz29u4QYj+zx&#10;3VxsjVjhLoBjlVih/RvxfaT+ANZ1jx34+1W48P8Ag2SZZdL0Wx02DR5uGxsAtma6uTIqxDy5jGha&#10;YlgpCQp8afBH9iH4dfGb9pTVPi78SXX4i+LvEmuTX1x/bDJ/Z+lKxBUGFTtm8pRsHmfIw2hIlIGP&#10;q+FePqefcSf2rjqMFyQUYqnd89R6JSnL3V7OLfNomnyqLlon+deJEss4P4chltOtKftdWr3tFauK&#10;tFW95aptpNu3c+DP2W/+Cbn7XP7XRh1b4b/DyS30eeRUXxBrTGC2bIbDJwZJVJQrvjVlDYDMua/R&#10;j9kj/gh58M/hncw+N/FHh6T4gaxpY+1XFx4qkt4NEhRXyJWtonl3psPlsHeRQ3z5QcD6B+MHxP8A&#10;2YP2edIl+Htx43vNe8Zwbo7fQvDqyllfy1wokSNxuEjeZuIPzKR8uK+Xvih8WPj98XdR8v4majrG&#10;l+H44XaDRdP8USwzRs4yLmdpgxuyQSu1ivyhFVlXAr9jxmeVq8dZe7bVR0ivJy1cvwX90/lfFZpj&#10;sdJwj7kfLe3rv9x7N8Q/23Pgd8MdWuPA/hXw9feINVW+CNreqRy2+m6a7YiSVorN5fPCjk/MxPm5&#10;85QDGvz58QP2i/jZq7r4j+OfxyvZvC9xGtjY+GrW3FkmopuUxqkHkE4Jj25ZA2AyF1HNea6/8YvF&#10;vwytbjRfhL4q1fQJrhgl1Y2V1su5wBt8uclNq4Zc9RIC4+VuQOKlu/ip8d0j8L+JfHs7LazNJ5eq&#10;alIsUEMnzs43/Kqj+I/KuP4SSBXnxx0q8IxT91aaaLor2tra2l9Ga4HLbR55JJd3+iDxd8YYPCWp&#10;/wDCRfCWwh0LVpAIzPpjMouYQmDvxKY40bb80JUk/KSpOK+v/wDggdp1340+OvxC+O/xJvZL7UNM&#10;0Ow0uFpECLPDdTytJIhIwSv2JFGM8Oy5Ga+D/F998JPhT4SkuH8V2GtXSsos7WKGQxXC7929Wwvy&#10;noQMHBUcDOPrD/gg1+0LLqHij4uG61OI3N1DorWunyQrtS0je9V3SMDGEZ4tx4xuBz2PyPiVRx//&#10;ABDrH1aF7pRV7dHUhFq3ZxbT8r3bPu+F8LRqZxSsr76vTXldrfM/br48suv3vgbS4rhbfTpLG8m+&#10;zrbwykFY4gjqjny9yglQcEKHbGCFDZNm1xcRqs9srRLICkTcBOwwcfKRjAbqcgeqnpvh5rFt8ffh&#10;bDZ2KrFqNvDG9vJNIGYuMbkLMScNjPUg/LzwcXPCPwp8X2l75mu6Y1nCu0yTTfc2kMCARnccBcAZ&#10;POPm6n7LIalHOsLRzLCNzhXjCSaW1oqLi/8AC07+Z2VpSw6lh56Sg2rfNu/zuWfBnhS98XytpcsN&#10;ysNwqrNcWq7W25zuOfQANz3z616bZ+E9E0jUrd9IuJJrqFVWPUpUfahH92JCfNYHp/CCeOKLOLT9&#10;H0gPKY7CyhUCR+VMvYFjkkkn7q+uAMkZrxj4z/tJ6zded4Y+F9z9hheNo3u1s98jPvZAuSw8tc8b&#10;QjdMHdkpX2eOzDL8lwqli5a9F1fpc48Nhq+MqWgv8j0n4ofH7w18Pc2UWoXGoaxIrmHcxmjiYEA7&#10;9nyKQd3yggYB5XBx4/rvxV8U+P7nztQ1y+SORS/2JeY4eWxgDlic8kgnoCzfePD+H/iRPrGsrpPj&#10;HUFsruaFRby3QxFdMMAANn9wy46fcyNyhSW8zqNNgtJEhRki2MvzTRx4VWYnIK8Dp24B56dvyjib&#10;i3GY73KVVKk+kXr0+Kzvfr0VtdtT6TB5bSw/xxvLu9vkWobSbUItwnZt3ybWOM985z745znnoa0P&#10;Dni3WPhbHqet3dn51mtm+6FZtu1uiNgk7jvYA4wCSM/w4tWOnMYRA8inaMCTcMP6Z79eM+nt12vi&#10;L4d8H+HfgZquo/Ea9itoJIPtMzm4jjOI/mRAWUjtjJB6/SvB4fjjcZj/AGtKbi6acnLpotnvvt56&#10;2OmtWw9LljWV4yaVuu/Qwdc1S01+/wBBF5qJuWvNJhaORWURRtkfODxuB808juMVyP8AYFp/0EtO&#10;/wC/8n+FYPgjxbpOt6TcX+is0djb28trayLcbF22x81BFuU7SY5k5PeNumSa7L/hZ/wr/wCgZo/6&#10;V/QmUYWeEy6nTmrS1b66ybb1frY+RxU6dTEScdr6dNOh4r4K8XfFHwHZXH9uaNDrWn7ZG1WxuLl4&#10;9alzE7XKwIkaw3pVmV1aJ4wfMMaxkovm93rH7Wvwm13VJPBui+E7yzuLXJuo1tRa+ZCfMKSRA43g&#10;sAwG5MrJnJyRXw18A/8AgoX4H+N+j2dn8PfjRo+sLeWqjUfDviCFLHU7aYCJinlsWjkVWyd5VxkE&#10;CRuWrvvFPw21r4g6XZaJ4UmHhu2s/E8erX99EI549WiCsJIn8uRm3HKESOocFcIcFsfh8swzXC05&#10;Yfk5X/eV/T5P9T9M/svJ6tVSxUrr+62vV2f/AA/dn0J8MdU+MOteNtas/H/ibwLqHh/yd+h/2Ct1&#10;a38RDlCtxbzl/kICuHVxsZjHiQASHrJdW+yNJBbMxmhIVomyOcZyrEYI5xx05ryWzsDLHFY6drWn&#10;xiFcRtcXErSLwBjaVxxjORgkjtXYW2s6R4fsvsV7qc1w7TM3m3F8zZYk8DeflUDgKOwyckljjTxG&#10;KqU7VYqOm6eh5WOy7L6dRSw83Jdmtbd29ie7+LOq6ZcXVxf6U8MduSRICCJUXn6g+2B+PGOs+Ffx&#10;vttZumjkLRyEqR5nzEZH5Hjg4yOCOowPMvFGs6HdJHG8UjGaTb5isqbeCdzZYbxx0G48jjGSM/QJ&#10;7XQ7qS806bDdPMY/MoGfTgnJ7AfjXgV8djsLiFKL0PQwuX0MRSacHfoeift9fsGeAf2+v2cNW+Hf&#10;jDUpLZprYXWj6hbLGzWV9EwaK5USYyQPMiZQy7op5V3KSrJ/Px8ev2SvG3wK+LH/AAqr4o6dcabe&#10;6brEhuF3FhJbgRfv4dygTRtGhYsMgKOQMED99dC/aWl8GyqNVnnuI423usbLtKJhmVgcIAQMZJGB&#10;0I6jy/8Aa10L9nT9uT4XWnhzVdE0+w1S109ptL1yScLe2c2NkkUSKrCWOQOA8YdkZVUsyMEZPueH&#10;M+w9SV53ina63s3ZXX6+n3+jHJc0w+HvGKa89Pkfgbptvrfwc1uTWbJJPs7M8zYJAubdeMjOPmVg&#10;2D74zzXrw8eW/wAQLOHxHBfrcedGp81T97Ax+B45HY161+1//wAEy/2ifBXhmTXLTwNca7ay23l2&#10;dz4dxfwYllZvlMW+RVRcqSyqv3NpIzj4S07xX4n+Fmv3VjZBo0jvpYrixmztyoGR/ssD6fjmvss2&#10;4fjjpKcWvaJaPpJdm/68z7fw88VavCKlhcUnLCSeqXxU5PdxXZv4l81rdP8AQX9m79tHUvg3pMPh&#10;PXfD0d9plvI0lu1uqrPGx4I3ZHBXcpIw2DwwPNWP2l/2vdJ+Pdk2n2fhGS3VtrRzTSIpiZTwFVR9&#10;3bkdcnvk5NfGXhz9onwnqQRNXuXsZgcMsykqfowGMfXFdPD8YfBTpuXxNp6453G7Tn8M18ricvza&#10;nT9jODsvL9T99yfibw5zLGLNMPiKftN789nfzi2rP1R2qNJlSymmahrFvaw5A+buc1xOs/HzwJYQ&#10;f8jHbyFe0Mm/n/gINeceNv2iNQ1qJrLwlZtGpyDdTKMjg/dX8Op/KpwfD2Y4qor02l3eiO3iTxg4&#10;N4fwsuTFxqVLaRg1KTfy29W0vM1/jn8Xv7ORvD+iXP8ApUq4lkVv9Sp/qe3p+VeWeEtOvtY1C6sL&#10;U73ktXdsqTkIPMOOOvy0ug+HNT8UX7J9nuLi4lkZiVjZ2ZsbjnqecHsf549Q+DPg68l+Lcmk6VJO&#10;gitcov2cuyqZCwBC9CcFTgHaXPU8H9FwuDo5fhXQoK8ravuz+LuJeJs04yzz+0sfK0L2jD+WNnp5&#10;t7t9emiSOPk+Ht++m2PiixhLx3E4h8lcs5mEas2QOgy3rxxnGa2YPBVxZTLNc3JkjurK4McO1spL&#10;FGGQNkDruYDsSp6jk/U+jfAa30nTNb+HqeHtNvvPhe+htb662ywOtrK0HlMXBn3SrjywG2p5ZJOG&#10;z1mo/sn395BfajceGi9ro+iw6ler5wilmAEol8tCQZIoskFskfNkcnIVSljJaW/rocVPFYOldr1f&#10;qtGeDfA39nnWviZZrojTXDW+oy26R7vumWONpUAO3j7+D3/eEYBzXtH7NHwK0HQNQvNK8Rq9pHY2&#10;lyi3iLtSCVbVr5VdsHaVaDYSBndGxGAwr6H+BHwRtPBdskaTxzQtdWOnWEMNuo8h59EllMgZ1O1f&#10;M8r5zuYbflLbVz7r44/Z60jR/iFK/wAOdKmmt/E3iiS13NBGvmWd3pLO0uWD7gkbSkbSTjIxtwq8&#10;+DwNaVRub63KzDM6bgrdjE+HHwR1O71K60bRkuTrV5rCzyYs3iWOKG/NxgHO0Z+RUyRld3DHp9Ea&#10;54s0r4FeF4L7xFYi+1W4tPs94unxsximIUEIDnCjDYB6g5OMNud8O/i94I+E9h4g8Z3sUMk/iO9e&#10;60hdQ/dqtpsMokDPGhAKglQwJ3nZuJzn85f28v8AgqN4Y8DfEO707wYV1bVo5DMtnaXTQm2m5CvL&#10;LHjyyvDKiksGQZAUqW/N86zj/WXGU8NlkXNRb6dnZzd9EmvhvbRp9T9Y4Vyenwzl9XF5xNU+ZJ3v&#10;vpdQjbVtP4rJ3at0PaP2kP2ypbSe4j0fxC0OnWbSQtqEFymA+XJAdTJER82BIDhljz/E2fzw/a7/&#10;AG2bjx94tTSLlYdUurVlWdbWRorfzNihtwDHLL8y4AGCWBPY+SfEz9or4yfGi+kt/EevsLeRYy1j&#10;p8PloNqjjPLEZA4LYz0ArJ0nwBcXKWt0mjeZ++CqsqgOWOADjP3RuRvx9Oa9rJ+FaeX1Pb46fNJ7&#10;RWy7a/hp94824+xWMw7wuTQ9klo6kvifR8q1Sv3d32Stc+uv+CHX7ani39l79rG68UeLLqSTwn4q&#10;jFv4vIt3f7LIA6W96ixYb9y00gKqCfKllCozeXX9G1nr88Oj6fr3w90G1uNPkXNrfFmv5FTyi+5c&#10;ZCBhh0bLh0bpvMccn80X7Ff7NnxU+KOu6tpXw/0+OztYWWXUtSuCB9lt/MQrwrDIkMUijB4CN3yD&#10;+kv7FP8AwUF1/wDYG8ax/Cb4963ea54Slv5ZbfUJLNXbQnuJGeQxqMubYsxZolJdeGQnDRyZ5lnm&#10;TUc0WGlJKrLpbRKytd7L+uhwZTwFxJn+WyxmEp+1VNN2cveqO+tlrzNN317tJNux+knir9n3wf8A&#10;GvwTNFd/DdbK4ltY5re+j0y3Yz7gzSOYwoRZCdxdWjDESLtKyFhH4zffBvTPDGtaXpfiKXVkuJri&#10;aMRx+JrwQPFu+6qCQAfLs4AB+QcZPHpF34o8EeKPDOk/EpP2hprvw3Z3en3kOt6leJceZG7iNZIZ&#10;IWEWZAVjWYJsKlwQ3mTs1cftC/DLXLaz8AaXc6lrF6rraNqWsBGm87dJ5Mso24Ks/lpu3blkNuhU&#10;eYQcfqPCtSu5Y7BUaie/NCDfydvwej6WPnK1HiSphnHB4irBxumo86jDunzO33Wavs9EfmD/AMFK&#10;tbtJ/iAfh14UgbT7PRrqRbhtwZmljDCTLMzZLSFzucY2ndjcRnyvwNqviPVY4/B/g5rjQ9KuFDXT&#10;aTMTdXMaTDcucMBGMkhXB4Cuc4APTfttSal8Bv2sdXPxZ0a5W08Ua1c6oss2CkMcpAW3kkKja8b7&#10;ztAKsjw/MWyB4n8W7jxnr19De6VJ5NndSs0M1jqkCtF+8RlAPznIBYfLsAJGCAtfm+IwLhjnTgow&#10;g5SlBpJQSbdkopJXirJLpY/JuM+H8+hif9rnKbklLmbcnJOzvzPddL36HW+Ivir8KfgJatoOhmW+&#10;1RLZY5vs8zec7F/neWWIpujHLLuLgsykxnBryzxp4o+J/imS3vX0yfRVe0LWcTTbruSzwyLkjDBd&#10;uQCqoDnkE8nmJNKstDulutc8Uw222ZPtn2y+3zTYADt5qEsc5YlQcAYBI+WqPiD47/DbwNocll4Z&#10;hWbVLm72ILZlkurqYkARqjZKBjh9y4G7AJzjH1GEwdSXKoKVeXd/D92yXyZ8JhcH9Xl7sdfM2db0&#10;3wl4ZtbbX4Naa8uLGJo5IhbmGSO4wUQKQwaVAFUl9q5LFSTy58Y+O/7WOoeI/CcPw/tbDT7dbSdy&#10;JLCzSKaQEAESsFLNnG7Lu5GSAADx9N/Cz/gnR+0v+17aLea/qF14b025fK6bYj95nPWWUrh36Z2q&#10;FyPl4wK9Ssv+DYmfVdPkubT4x6xFcGJjbpJYxSgyD+8MIwXI6jOeuPX67J3gYy58TeWuiim4/fpz&#10;d9Lrax6cZYenb2zv8v8AI/JnV9d1bxDcrLqN074UKisxIH55z/OvdP8AgnX8Tfid+z9+0ro/xM8K&#10;+GNSvtP3fYPEVtZKAZrKZl3jLYUspCSKpI3NGoyuc19XfD3/AIIbeLPg38R2tv2i/ENta6Tb6hH5&#10;OrKv+iywOxQbiVKxMe4kZTzhScFh9ga3+zX8Mf2S9M1fw5o2hwWGtzeC4ry1uLr928V8zpLKBtQb&#10;AqrCobIfZJwcsAfuqmFy3P8ALauElaVKcXGUetmrNNbxfrZp6nuYTGUabjVw8ryi1a3R+Z92/wDB&#10;PTX4tX+Gc2v2h+X+05GtzuO7yDHEyjB5AB344BwR7gfUPh7V7J4vmjSR1Xd8q4bJJ6cGvw9/Z7/4&#10;LR6h+xf47ufhV488Hx634SvNSubtbixulH9i7Jikzy7UdrgFjGWAJZdkhBcsFr9G/gV/wUZ8FfFW&#10;30/ULa+iS1vIty3xukns5ySNghljJUgg85wBgcknj89yXNMh8Msvo5LmE5U4qUlCo4vkmnNtNyTa&#10;i7NXUrNatq1menjcJmOaYqpi6cLp2bS3Wi6bnpX7THiPxJr+o2aabfSQaRYzI0lnCzBmkDH94zKM&#10;852EcFSqbd+415Zp/hq3v7uRxKkCr/yzY7giAjC7uQy7RxnIOOcYBHu2qeFLH4i2razo+vxxXk0T&#10;F/tVuJI5mcJtkYkYBCHurBxjOep4+H4OeMdBaXboyTtyBJZTKPlxyUAOBzjHI46jOQfD4yyvMswz&#10;KOOwsZVaU7O8byVrK1rNtJqzXS+3Q7cpx2Fp4f2U5KMl30/M5ePRLU28djcWi3Csy+W0sfzQtu6g&#10;nJO4DoSV74yrZ2NOis7Bmitmk3EFf9WV+bnP0yPUjI7DqdrSPhT4hsI3k8QapbWEMb72kkIZSM9l&#10;HC47e/rgEef/ALVf7Y37F37D/hIa/wDGDxnZwXaxsuj6TcS+bc30ihQFhtkBeX5io34KIW+d0HNf&#10;N0eHc2xEIzxCVG7Sjz/E97qMFebattb8DslmOH5uSneb/u6r5vY9Eudc8N/CLwfffFn4oT29hpOn&#10;2UlyzXJjjwqLvZyScBQqkk4GFHJwTn8pf29P+Cn3jX9ub4j2Pwr+DU95p/gWHUrh7GTyVhOuSWFz&#10;Zs8jmRVYW/zNtjbH+raRxnyxH5D+29/wVN+Lf/BRS+XwppVheeFfh9aavZzNop1JhPqoNzPBE1zt&#10;LJuMkUci26ExqwYs0rorr6J/wR+/ZD8ZfFX4nWfx1+JHh2wtfh/4R1BW09rzEn9sO9tdtJaqsilX&#10;jaW6tnm3fLiDywASSv6nkOTYfK8NGCvGKd3e15Na807dukb2S1d3tw1I1I3r17c1tF0XZLzZ9ufA&#10;zwb41+F/hHRfhz4ytrq01QRzRyDc22ZZyku9BuwFWB2TPBLRs2TkVsf8Ih4j/wChVvv/AAFi/wAa&#10;6q/1zUviN4nuPEc+k7Vmt7i6tpplAlMKK8UjZOWC7fMI5xkN8oJbLf7b8Setn/3yK/QcrxEsdl9P&#10;ESVuZXX+Fv3X842fzPnakeWo0fy1eLLWO31u5ewSSPbfXKwMq4YY27enTB9K9E8CftZ/tN+B7HUv&#10;CPh34/eJ7SF5mRJP7XaQRBRcYSNpCWiDP5f3MZ/IVzF9bnxFdQSQ2fzX2qAJIqcZLSEnjcACs0Z7&#10;4H05tad4KOswNe20sa/atSgt1+b5g7zPKpJxxlF65J4/L5+o8PUoqFeKa03SfVdz7yVGTrOpBvq/&#10;wPapf+CsH7b3g3U49IvfHen6nai3jmsI9U0mJn8iSPzI/MeHZvfY4yWycjnnNXp/+Cx/7aDTNbSL&#10;4dnjaPzFVtPucFcE5+W57AfUY9q8LvdA0q+1Oxv7e8t5jb2FpE0LTfuyyBFYs5yq7jgDngkZHPL7&#10;rwlolxrzRwadNp/kXDQNbLGzKCbhkKkkAtsWRFwMZEZ5G4V5Sy/I5RXPQje2ultfkdnsa3O+Wel9&#10;PQ9c1z/gr1+2TctvmXw9buq7VW3sblSvbODcH5geMnmuW1v/AIKfftzXssc5+Mc9qpVmWKz0y327&#10;R1OXRmIBDDr2rzez8KyazqFxqFlG00MMcY8+MMrSztCWVgOpIbk9OfyrUP7OvxC1GGYadot5KtiF&#10;gkVlzsdo5ndeBgANE/4MpOMmumnlnD8PdeHh84p/nc55yzKMeanXku1pW6/I9j+Df/BUH4vxrbw/&#10;GfxddazbR3UgmjVY4fNjkj2IxCIMmObEuARuxg+36F/s2ftEfCrxHK3jv4bfHDXvDmtXWmrGbWz1&#10;CyU+bLlIld1sxIY0by2Zc5xuLHq1flT4e/Y1+MfiKLw7JF4RmiWfTbq4k8+Flw0Mt3IyMSMZxCQT&#10;0XvgDNNtvgp+0d8PWha0sLizkj1aBbcPuDb5CIEdSQMoSXT0yrddtejhctyOhUvHDQWu6ik103SX&#10;Y5cRj88r0eSWKlts5XT0vqm/kfu98VPiv47b4c2dzY+JPtmi6trC6Vq2rX2kxLf6BqADoAqJDEht&#10;LiWB3WVhITLMI2dgEWvys/bj/wCCc/xk0z4gN8SPiv8AFyyOqa5a/bdRutesVtoYtpjhUlrWMqoM&#10;KAkmNFX5FY7mIFn4C/8ABUb4t/Anx/p8H7QWkX2reFdYt5Y/EmhqkU32y0jS5tvkWQhd3morkHAb&#10;y+SFfdXP/wDBUX41eBfiF8dNM+F/gTXP7dh02OE6t4mbWp70kGSLybWMFvLTyoI4g20ElydxWTzQ&#10;dcRCf1hToSvG3W/u2308zPAz9nR9lXir33S3fTXyPj298H22meI5NLl1OG7j80pHdWasY7gbj86b&#10;wpKntkA+oFUZ/DF5ca02kacPOm+0OFWHkMoONw9v8K7vwn4N1nV9a0fwy0E11PJb3jWduqElpTGR&#10;FtHfMiqPQ9OeRX1/8Hv2BdQ+H3gCT43/ABh8NvpGmvpzag1zqts9vH5LsWQKzJls7gFjB3HemMki&#10;uPHZxLL6XMoucuiS7dX2R9PkPBdPPZ81SSp0U1eT3baT5ILrLXvpu90n8k+Cf2RPHXiOytNW1UfZ&#10;bW+uBBAyxlvnxkgnt9QCP5V7R4L/AOCYGq+L7CFLPxcbOa4AMYmmWQfNG7AnCgYKhP4uRIpAPNbf&#10;hnxB8W/jp41m+DfwJ8MqlnfTSx6XNqGnlZpiicxkRmRQzKR8hLDOOcHn7P8A2If2P/2kPgj+2t4g&#10;8FfG7w5b6gtn4Oh1CK2h0uG30o3P2q1RpLeNUSB8DOCqqSZl3jJZT81/amfV5N1K0YO6tBWbs9r7&#10;6/f3ufqOC4b8O8A/q0MI6rtJucnP7O7esUumqSV3pc+WdB/4JgfFfwf4Q1jTbC2fVMyLLayW4tx5&#10;SocrNJGztgAPInc4ZSOSqnqP2d/gLHqf7bXjbU4NMkgj0DQYby3a6Uy7EfU4gisGTOHibeWZBgAt&#10;tPQ+i/tbftN/Hr4L/tKeIP8AhUvh3VbfS/Dqpo+pXNvavd28MzMmBI53KrFiFVWOSG77ufsD9iHx&#10;H8F/2xPDGp/Gfw6ul6b4ws9H/sbxLCqkXCxyP5xiYnMkUTsAySADDJIv7zaa9HKeIqn1qMK8Lp39&#10;5eXl19NH2vseXxv4a5fRyqWNyyootKLcOZySckmk7rmW9ua8o30fLuctH+zBaeHdX8PzT6e95pq2&#10;rWM6TRlZD5qsxkwRuMkaJGFdgpwhUnvXU+Cv2aP7MleCL7OI7bTJ7bUrPcVjnhuI5C8Y3KQsw2qF&#10;VjgoN2QQlfS9r4B03VPDMMEWmRRtpdvY20MVxj/R57Zo49u1CQDtnB3DIbKsNykMdCXQ7ex1u6vt&#10;SshPHLoqJ++UMx3R22JGwQHOHy2FH3gSMZFfoMatOrFSjqmfzfWliqFWVKqmpJtNPc+d/hb8K4bH&#10;wfqGm6joNzJdaZ4xmv8AUFt1ljkeD7OYF8s7vNDf6IEBJPJyCd5z6N4S0G0XW7O80/wNcyNpLWc2&#10;m6TaWZkuniSxt4Jhth3cbpNxAC8IVzwGr6G+C/7M1tqc994q8YpFa6TqFq0Y0uxd0jumDEee7g55&#10;VVYckkliTyQfVr658BfDvRRBb2+m6Pp0IYKu5IYV5ycKMDJJ9Oc+9Q/Z32J+sVHHlZ+Jf7Wn7I/7&#10;bPhHwHa6V+x5+zR4w1a0sZEF6uvXLRfZoogCtvDausMkkMm35PKkLps2bVxCZPhnxz/wTW+JPws+&#10;F/hHx78Zvhp4rh8ceNtU1ifUfDepWb6SNKs7ZYTE5je1Yl52a5YcKiJEvynepr+lLw/+2b+yf418&#10;Ry+DPDHx58IXmqIy+Zp9vqUbSAsCRxnjjJ+nNdp4q+HXw/8Aih4ak8M+MvD9hqel3kf+puEDwvuU&#10;4YH+FgCSrrgjIIIPNeXRyvA0ZSeHgoc2/LFK77u3X1PYqcRZpWUFiZufLtzNuytayvdL5JH85/wT&#10;/wCCRXizX9V0w3GiXm3VLGDyZriEIHmkljRCV4Xb5hbG75WGzptavpiy/wCCV9tp2jXcsWgpaq32&#10;wW8kdurSJ5cM8keTtUqpBJKnGPlU7VVc/o58S/glJ8I9Qgs7KW6urNbORdNmW3R3jiWS1AgO7g4K&#10;Jgn+H1A2jL8Q2GnRSwahboZZpIL0rG9yPmH2ZcKiYJfovfnCnJ79tHLcHTd+W789TCtnuYVdFKy8&#10;j5z/AGLfgB4b+EX7NGsWkqt/aWueKbu4uPNtwrQKoFvEmVGNoSFWwAFJYnnqfmn44fs13Pxo/aOs&#10;fhxPrs1vbySmXLRNteFFZpAuB/rNqFVPIyVHJ6+nJ+2t4P8A2dP2ovFHwe+K050/w/4juLbU9B1a&#10;4VnjtpWjRJEwTtVC0ZO7A2szZ4JK+tXHjv4aXXxD8OeJJbmxkS8la1i1G3m86PM6lQmUzyWMY284&#10;Pp2/mDjSnjMu4or1ZLlcZPkdtGne2u21j+xPDPNq1HhelUwz5nKnune0lH3lbve+nozjtP8AE95/&#10;wTg8R6RqHgqx1C8+F7Mh1LR2kM0ml7nUtdW7Pk5LE70yA6PJgqxEifcvgjTvg5F4ItfjP8IfB9j4&#10;hsdUtxdx6tpciwxQws8e1EdQJDBIwLLEC6xsqeb5S8p8l/tL6Pen4U32nW+nNdwSQl1WRBuSMnDj&#10;a3bbk8g45wB1Pln/AATt/bg1D9kLXP8AhRHxOh+2fDPxNdSp5V9NvXw/NLtjaRipO23lIVZEYYUt&#10;5q7T5gmrhHiTC4mp9Xxe72b6N7p+V9u1+h1cUcJVuIsheaYC/wBZp/xIRbXt4L0s/aRTf+LW93pL&#10;6P8A2n/hZ4R/az0HVvBevfDjw+2qLeNfz+SqxtPY/dWUEsWcKJljeZ1jWRnzErqhcfnb+0H/AMEc&#10;9RvvA194p/ZR+I2saTqEcLTW/h+SffbXbBScHDAREgbQ6huq9cZP7JeP/HreG7E+CtI8G6e2j65G&#10;txa3upaxLIk9u8sSSyvIQXjJZiu9TIImMbyFfMRX82vPD2h6DdWPiXw3p0n9h6hFshV7hZmtJEYR&#10;sGaNmG9JR5bHey7w2GIKk/RYqGOy7EfWsM9L6xavFrzWz+4/N8DWwOcZXLL8bRtB/BeSbTtqk024&#10;vdpXummvI/le8Xz/ABQh8Q33h7xYt1ZahZ3UltqFrcxmOSCeN9rI5b5ldX4OTkHrjNffH/BED/gm&#10;to3x1uL79rX42X+kR+E9BMzW8mqXwjS3aH55byV2IVEjUEkuRj72eK+lf+Civ/BLqT4p/tgXPxH8&#10;CaKYNB1PSbO48TQ2dsJTJcPm3YSZI8tXUQOFzj9xI4Idhn51/ZQ/aO+Nf/BPjU/Gf7C/iuS70yw8&#10;U3divh27mWKaOJZbyLzZyjKWVLi1SeIqFLq23GGUuP0jF4utjOHY4ilT5YS+JR0vFXuk9NLqz7xv&#10;3P5y4syqWV1qmHw7vKL1vo+V6p/c038z9l/g+vip9N+xfAr4N2lrYruj0/WvFiuIpohwJltocOA4&#10;IkXzHjcLgMgJKjppNS/ai8HCG31rwb4X8QeZfOyzadqd1YKgaNl2SI63G9Ax3Da8WCq5J6G/c/tU&#10;fBX4M6Hp+hfELxhJp9+9jG/9j2Ol3F9e/Z/nUXP2WyjlmS3ZopAJSix5UjOeK434+ftu/s5L8JNe&#10;uvCXx60vTPFS6PcTaDot1fQ2+pTXYjJghaymxcK7SAKYnjWQLu4VtpHlNRpYNSjXfOo81lyq10nZ&#10;Rae9tLq/mfnsZ0+tTX1X5GJ491z9sKUR2PiDwb8M9QsZLpftVqtnexMbcLlozIZn2M3IEmxwN3MT&#10;Yyfgr9qT4h23h34lDwR4l8Jal4Qja+tGvtMuL5rtYYXt4oR9hudxX7Ar2kKqoSJkHHlx+Ym39Edd&#10;+M/ws0j4JyfHa6+ItnNosa2/mahHKCiySeXGkAAzmR5JYsNlV/fKThfmrxf9p39hT4t/tJX2n/En&#10;xZq9l4fm0W4W58ONpcImYRNs3rJO53Kz7M7o40MYYAF/m3PLsTiMJjYVk5Tutdn7rTV7xS0vrZ6X&#10;21VzowFWGEx8Kkm2uvXRn4w/H3wff6laaPcSxRhTpkiTTWqseXSeQRsz5AOQcsODwV52AeY+APjT&#10;+0B+zr4qv734L/F3UdHkW4a7msba48yzkaSIqzNbygwzAKwAZlJUgEEMqmv0Us/+CU3x7+Onw0vP&#10;CfhjVfDNjH4c1P7F53zNHcSwN+9hhKRZWGKTcgHO1+pZowV8O+OX/BJv9p/4ZwTeJtS8G2fiC3Gn&#10;qLhdDB86GRdw+YHDMDnnAOFyeNoJ7sVmuV4uhKFdKdOV01OD5Xr15lyvqmfp+AzTLMRKPJUttr7y&#10;6W3sjof2ff8Ag47+P/wt0cab8RvhRa6xIqNEtxo+tTW6JGqkf6m4WfD7i7bkeMcjjivYtM/4OqvF&#10;GlWlvZ6b+zfJqE3kiJYb3xJ5MZ+XrmONiTjoSvX6k1+WfiXwKLLULnTNRs5tNuI7oiSG6jZeJIkd&#10;RtILZzng8DgZyQapp4ZtdSttP8QrbR2tr5cCXEY3bioAhaVSQR87LI3PRkfsBny8PwRwjRl7XCwn&#10;ST1tTrVoR110jGooq/kkj16katT4+Wa7uMW3rZ62bPuL9qj/AIOA/wBvb40+Hb6w+H97pnw80+OS&#10;Fof7EV7u+aNlIybi4LbWZZeHjSMjyzyDnPz/APBvwf8AET4vfFi28cePtV1/xFq8niKGzvtU1u/l&#10;uJtkSvKZHll3FWWNI1XcSFOQx25Fdp8MP2bNQ8Y+E9cstWtJprnWvBd1JYwmN0lt5rU4wScqV3To&#10;wRirMVUgZC5/Qj/gl1/wSjsfiL4Kj/aQ/ae8Pyab4T8R3K6t4P8AAtvdOkmsWs/kyi9uNrZt7WVI&#10;Y8AYmuELsHSKRXk9LL8NluEpVKtGkoa2lN3cmlFfFOV5NJ3WreuwY6NHB1IqL0aVkl5vZbXtYwf+&#10;Cb//AAS4k/aE0HT/AIr/AB7t9R0v4a6fceTpdvbt5N/4mvrbUnuQbUuBi0jfeJJ3T7r+XHulLPF+&#10;nh8E+C/Dvgex8GeCvAul6BoejxCPS9K0iDZHAg6DPJkZuryMS7sWZmySDsaZbD7JbwJCkNvZ2sdr&#10;Y2lvAIYbW3iGyOGKNQFjjQDCqAAByM9Ta1c+Vo07SRrtWPLPzwRzmvk804slWxccNhnaMml3vtv2&#10;Xpt6nH9WqVJKdTpsux59YQabYalbWNtFIr/v7Eybj8nmb32krjKksBk5wRjjk1hf8LC8J/8AQBuv&#10;/A6L/wCIrtLa6bWNDWSwuVS4hhjVftSKGkLA3UrDByREjbNuTgquc450P+Ec0T/oULL/AMGkv/xm&#10;v1/IISpZFhIT3VKmn6qCPlcVriZuPd/mfzGy+ALux1Ii106aOK1kF1D9mGYwu3C9fmX92Yl2nA3K&#10;fpXQeEvh1MG/4SBtLnmhsbG3nuLVZBEBMYgEm3KQw2gTN1U5UAYOcfX2n/sy3/jmzt9ZbRo57jQb&#10;aS/1BjMzNOkV0yvtVDtwcfPk5/cnH3iD2Wjfskad4W8Q/wBhvCskOq2lzp999oUIPLs5WKBWy46C&#10;5QsMAMjfNt3EeZispqRfuu59RRzanUi7nxj4X+B+o+MPGFwNas5JJbi1JtdPt7dP3qu0DOmFxlAR&#10;LjgkBcAELg+iH9lXT0ux4TtrF1vr6x0yG6jWLCxyT7ppCGDHKELtOwFQrEsQWVq+rvCX7Kfh20i0&#10;fxl4FuI7hrO1ndzqNwkNxpGoQnTpQjnaAuWaSM8q22VwMoqger/DD4ceHvij46uIJNalY65qV7Fp&#10;cy6GWeJfJtIYLbyTk7hDPIOSFIU5+8QMaeTRlJOX3dgqZxKN1FnyR8G/2IvDSR+H7i/8ONDpuueL&#10;9PmWaOMxyBco0YGCWO8wNGrMUCuu04O7HuHhX9mGDxD8P7s/8IxFpset6Sb7VI5Fl3RTzXxgij8g&#10;l2KRw28kvYstwx77V+ofhX8M4Y/grrUUnhNrObw/JZJBdQxSwy2M9nYXVyZg29cxhXiZQFBDMSQT&#10;9z1jw78OfCth4i0ex0bRltbG4urWNmj09POkjubeUEEnJwrSiZiQfmA6nIr2MPgadN8zR5GIzKrL&#10;RPY8U+Gv7KHhvwZdQ2FhoH2fWvDOmrBH5JWSPTppLWCSaNPKfCxGSSXneRuO4PknNq3/AGcvhTJ4&#10;Oh1W/wDBgSx/tqOWygZSr2XHn7QjlQVETKdqAnazAAkYr3LUIlHjjVfF0unErqtxBZZl3PHYyul5&#10;G8S7c7R/qhnpvVhwRxLFpmrap4L+yaO628kapHGHiZhPMkFp8quF+VgVnYc8lSCK9PbRHkyqSk73&#10;PiP9qb/gl78C/iD4Kju9Q0W3sNSZbmSwuLdEh3xTNaRqZW24IBlbLZJ9ACTjwDWf+COfw0+H/jPR&#10;7LwXYXF5JfeFIDqFjcXQ3LdJaTPcdRwC64BzkbOg5r9OvGWiaZr/AIWhurE2u688O6eunrLtRhu+&#10;2ER7SfvtHE2wkZIRwGBwD5n8dLO20m6vrXxXrsei2DWDnxJfTtGojtGjlm2ByVV8wvulMYwquQCH&#10;JB5cRLC0Y+0nFN9O7e/9M+h4dy/Ns8xkcFhpWT3bvaK2bdk297JLVuyW58PfsgfsXWur/EKz8fxe&#10;AZta1BTbww6WNPMtpdqiAsS0n7tYyVf5uZAGWQL8oFfcfwq+F3xFtvDB8GWfhnw3BZFJbW80bWdS&#10;bULZIRGYjCbdVhjjUJGVKoqhip3AsxJ6T4bj4d/Fn4EtZ/sm/F+HTmvtHkj0XUEUfJMzjZJNDKvm&#10;Z3KeAQ53OMghM+GeHP2VvBE3jjxgP2hvjLqOh6jNbrJDot/4y07RtNudPlnlgsy88A+0fa41WWJ4&#10;5WkFw0e7zpFANfBY6tjY1E6NaMVUdua65U3sr8skkravTokmf0lHD5Xh8P8AVJ0pr2NoqLjOU9Gl&#10;zOHPBXbd9bu925WPXf2efgJZ/s0eML34mfCP4E+C7eTWLNItd0fwpNPZ6fqaRqwjYIBJHHIsgG0h&#10;CVTzQFDSPJXu+h+Ov2YfEPxKHjzxZ4Pbwp4qGknR7jUNcsVhSa3bMrxtdA7TErBiqzFDvY7Vy7A/&#10;Gtn8K/2bPgx4NtfA/wAG/jp4U0LVNauGhh8QWfxJtkuIEZFWS+uJUuGD5bfJFA26ORgu5Igz+X7D&#10;8U/jf8IvB/wfuvjbr/jTw74n0LRmaOS90vWYJklucMm0G3JVnJIUJwB5oOAAMeLTxWIp+/KvCair&#10;tq3TyUYyXlvcnMOD8HmWIjKnRrQdRuEZKMqc5bJe7KdSEk3pvF769T1v4j/sl/s8+C/B2teN9G8O&#10;yeJNQ8TeVK15HpNtqU1xDtAhiiWVDD5flLFAjyZQRLGrkqK/LL46/smftmfs7/tVaX8X/wBkf4Fa&#10;tYabr9xte10d4H8iD92DDdJaxw2sJLKXCK+4EclSoY/avwR/ac8M/GD4c3Xjj9kj4p3Gly28wm1S&#10;wu7XzIftD8B5opEaNVYjlgwJCKN20EHwT4h/t3/tYyeItZ8HSfEz4f6lqGlaw1hZ+G59JntL2+uI&#10;wr4MKPMCGVsLt3oxDAOQrlU1gcyg5U6cpNptpOMYvu3zNNSWunfo2k1WX4HPuF8TKGMxMW24w/ex&#10;qc3Tli4xjKPK1a2tmtnZs9y+CfxF+L/g9LfS/jl4HudI1Jrqx09fMscxXFtNIgjmN3mSOST7QFnc&#10;s4kAaTAXzWFe+eELbw34q1Lwz4ctrSNre+uo08xpQC8ezMny5PyMkFv8w6ktzgnPzv8AEL4oeJtO&#10;u/A2k+P9b0u81zVtY09tNuLq3khE8abHMiqWIaREkkKsdxyoBIDFK+nPgN8FfE3izxPpWty6xJpF&#10;j4YltZZFjjy18z2nzwqrY2lS8bFznnACDcdv3PC1OdPLZR5pNJ2XNq1otG7tN+mnZH4z4qRwv9sU&#10;alOEYzlC8uW/K/ekk1fXp1179D6Q8QyXkWkn7Na72jjLbYyTvODwPf8Axr8erX9n/wDb3/4KVeJ7&#10;P4y/GptRs/DmqLDeaToWl2txJpENpukKW3kqxjEy8sTIS5MnzsNiqP2dtGiWRYI4MMI8tJIBuA9D&#10;z3we35cU9dLs5tzTrIxb7yr8q/8A66+gqUo1dJbfmfmlLESw7vHfv29D8jNQ/wCCOvhPwbpzbfE3&#10;iLS7u500WtvJfaTtQTSA78O4+8qb9vIKlt38Jz6x/wAEuvEH7QvwV+OeufsefFHV5tW8JnQ7rWPB&#10;v2i6LvpAt7qGKW3AKf6uRLuFlUMEj8jCrl3x+j0Gl6dakGG3aPb3DFj+tcy/wW8A6b4km+IXhzQL&#10;eDWfsrwyXEbFQ8TNGzLszsUkxR/MAC2PmznIzjRo03eMbPy/UuWLrVo8tR39ehyXxosdO1DwPNb6&#10;tfpBN9+xbKl2nT5lQbgeWHynvtZsYPNeETXPw90KOG58U6leajqsYTNpp6ytt3RorIVVSxBO4biF&#10;wG6qTivUPj34nSy0LUNYu7dmj0xHT5l5wY8uoHVWyQpzjjA7mvFvAfhW2s9Lbxbp0MjSXUZa6jiZ&#10;REXyepIyxyVVcDOT3INfkvGXF2dU8yeX5fJQil7zS97tvfa/Reb10S/X+C+DcprZb/aOPTk20orS&#10;13rZ79N3bftu8DxVZfALxFruoPrfwLjluLiza3v5rrSIp5DAWTMLnJbYfKT5MFSU5BHXyXxR+xz+&#10;y58bra48O+DfAdn4P1S3Zp7S80aV9JeSZ922V4rVUSd0O1laQSFcehIP0XpHhTW9Z8TTSR6Z5Nvb&#10;wo159quHikDs27eFOHdQF2qdm3JzwcgZHjLxd4N8N2sl7NHbPPZKzXN80SrHCVI2udw3dQMYIHTq&#10;cMfy3MKWac6xOKrNK7bbduZdvP7mfr+V4jD4WSoYGnJSVrcsrqL6XVrfJ9Dyz4VwfETSJ3+B3x78&#10;K3FxqUS/6D4usbV5LPUowCPnkUbbaXLKGRtik4KcZRPnf9qb9ljxh4H1a8vvDOjxzadJcNMkO4Ho&#10;P3e1eAACTgk9lGMivpu6+PukXd1Itn9tmRo2T7Ta2beWFOQHySBwO5PAGe3Fy88b+E/F0zeGPFNp&#10;HLkF2s7q3aCUoT3RsOuBtbdtyQQRxxXzlSWXztLDtJp6Po/J6L10a8j7rAY/OMrxvt5UbRkryir7&#10;9ZRT+H0vb0R81f8ABP8A/wCCtfxU/ZP1G0+A37Telahe+EYVWzs9YkhaeTSI8hBv2hmmgRRhQuXj&#10;QlR5irGifpTp9v4s+JklvN4B1XwpeaFeW9vd7tJ0lI7PUY5VQGXzVMrCQMskkREjRFDGc3AkAj/K&#10;H/gon8KvEPwa8D3nxw+Hvw+h8TaBp8TS69axLi802EBc3GxQPOhHJcoo8tSrHcqyMnz/AP8ABOn/&#10;AILCftEfD/446f8ADvTtB0+8+HfiKG5i1bwvqOoC2iigA+0XFzEzkrCQsJMiyHyZ443jdQxWSP8A&#10;XOE8Rm2bYW9WkuRXTkpLRrpZ66ra/Sz1TPhfEzA8F1ZRzLLaio4udnKm4NqWuslZe5Ja3d0pO2qa&#10;u/2S8ffCLxHa+No/GmheIdMull0OS2v9Ch1mGaa3SO5ijneNUPzIs++JmKoVY4IBYRj49/bN/Zq8&#10;FftGfG74deHPEGr20XibSr5ZJbuS3CXgiM0syX8isdyBnEkSPs2YiQDaZCo/Qj4Qa98Kfix4CtPH&#10;vgNr680/UrFja6Lp5KXMLSMjbl+ceVJCXjdActbDAgdY2wzZ/wDhDtR8XW/i4/DprHVNQsdl1qa2&#10;/wBovJLeEOz747eA8JKJI3RCZI55IhJCrThh939cxWHy2WXyilCScb63inva2+7tro3fXY/m/PMo&#10;r51KpWw0n7Vq0m7JPTor3vyq2l1dHK+AvhF8NfghoE0pu2k86MS6xq2s6k00k+xcCaaaZz8yrgbh&#10;gBY1HAUY4Pxf8U/gZ8U7bUpU+Eesa9pscMaW9y2hxFNTRcuRCJ2VsI52EyLHhlyuVAar37ZusX/h&#10;iXwVbaut1H4fvvEiHWNWt18yzSKWKSOHzmAKeXLLwhchC6rjJMbDutLsEn0CF/CEED2v7uK2zKVj&#10;jDE7ThFJwfm5AOMMc4BNfP4vMKlOtLCYWMVCKTty8zd7+e2mr1106Nn5Hi8uxGFq/V5x5bLqt/R7&#10;NeaPz9/a28Sp4W/ZQvfh38OvHNnqvhAsJW+HeuaWtvq3h2JZRcRxWBaRJNsUpjPkSO6SopggmhRo&#10;3i+iP+CYX7aen/tQ/s+zfC/xPdxw+KNF0sy2drcLsa9sMlYZkRlH8Hl7gNwUsobDkgewfEHwb4ev&#10;rJ7nUvDFxumCQ3Uj2/y268sGkO/ITOWJH3SOnzV+a/7Zv7P3xC/ZT+MEP7TX7OF7dabe2N0JJLex&#10;k+XcRh8pyrCSMsroRhwTkHNc1HOMTg6kZ1YLSyurr3XunduyvqtXyvTa9vP+q4ijLTX79ux9yf8A&#10;BIHxHbeIfgJr3wE8X6jbN4s8A+Iriz1bS5LhWnsWm/fAMMklPMMyK+WB8phk43H3jxb8HLLxJDMs&#10;8C7lyJIZlJUr0+ntX4g6r+2hpPjP4rN+2z+zPruofC34yabaxp448H2e9dJ8TOD89zajcFDOY0eS&#10;2nG2VthRnl3PJ+m37FH/AAXE/ZQ/ao8J2dh8SdcXwP4uW4Fnqlnqistm0443rcEeXGh/uysrA5X5&#10;8B2+mo4zD1cKqFSXLyX30Tu20n2fbo+mp0YHEOjD2U7q3Xb+vyOZ/bi/4JM/C79qTwPdPYeH4NN8&#10;WWsJ/s/UreNFE2AMJMCMSJwpGeVIBBxkH8n9M/ZT1a2uP+FG23w21W+8X6Nqy2GsaXHHJNPfv9vW&#10;WURmNQyu0JU5xll8pwwZAr/0v6R4X0zUpmnj1SGVo4mk/wBb91cH5uewKn/vk+hrwXQf2dfhn4H+&#10;L/iT4z6feNq3iHXboNBq1xaIn9mQG3+zsluMcSSRtIrzEBzHK0ahEaQzRWo08sprET92OrcU1Ztb&#10;NLzu0+mze2v3eQ5hj4ydBLmg0/k9Ovn2/wCDf5X/AGBv+CbekeAdJs/jH8fC0msfaDLY+E2iLWwt&#10;l3/Z31AZxPMWkllMB3RKHVH3AvCv2qu2SOS6klaRmdpZJpWLFixyWYn1JPp19Kz3029nQaN4dsZL&#10;u4m2hbeCNm2gHbkgAkKN3J7cewNrxFoGo+BNQW08TalYzWUsSyJJa3Aad5FYeYBEQV2DYU3knJLf&#10;IMfL+c5nnWYZjSlGCVOlFXlJu0U/N636bXfkfe4fBRqyU6krye1+y7L+rlmKe2VZJJrqGFIyu6Se&#10;VY4wWbaMsxCjJOBkjnAHOK8M/aG/bb+DHhvSm8HaHrUlzdXDzW97dL5sEdm6W7S7WdVLB/kKlMK4&#10;2tj7r7em/acf4W6n4R/4Tj4rfEO/03SdHtJHs7Gx10WNtYjyzGZCCAkb7Hk3SMSR5knOGNfIXwy1&#10;eD45teeHfAPjvXIdJ0K7dLEXkFpe2UkcCxtH5aSW6mPbLhFUuOSApyj4+Zy/IeJszrP+ylGp7rfN&#10;JqLaasmlJSik9bXbckm/dtY+tyGpwJhaiq55Odl9mKkop+coqUnbS9kvmt/Vdc/aT8br8L7Hxb4w&#10;dvD1/ejdpumaLCsytp7EeXcXMtxbutq0uxsNIdqLkncyPGMP/hfVl/0UWD/wY6X/APKSsjxL+z5+&#10;0t411qTSrH4deHPiFqcmobtJ1GzumstQsZBDEftEBmuEWHC+WzNbXMaghnJBLOe7/wCHc/xn/wCj&#10;q/8AzIF//wDKuvNxeV+Lca0o4utiIzu3pXnCFnayhaS5lHa9l36n6HhanhN9VjPlwzTbaslotLKy&#10;i5q3eolJ69nbzLwt4J8CReJtK1lL261rRx43i0HULqSxeESedqF4PNyXKhw00apySzfMVBCq3tf/&#10;AAp/wbpOlnWbLwRrGpa9Z6dNLbateag0UmNSSZ/IWQME3ybgu6RssyODkM5roNN034UfEvX4dGs9&#10;Eg0/WNMkTW9T8PGSaOH+z7SXy4rm2upLFVuUYpGVU7o2ImWKQqkjN2PgW0ubzwdLpWvQWN00em2u&#10;kzwyRsk0ssEz8OJAMGOF5YyBFgibbuKuMf0tw7xtlfEkVCPuV0tYN/jF/aXmte6R/OeecLZjkNWX&#10;Om4d7dHtfe1+jTcX0bPLNG8E+HNSgt/Gngqx+z2iXVnZ69ZwqXf7YmsEFFfmMDJQDY20OuWG5tp3&#10;vDXgy78La5N4q8NXVvcX39talb28K2KW0Jl8oWoKL5aLtWe3ZRGNxKjhjvZR12qeDvD/AIT1Cz8L&#10;3SPY29vDuvLG1uVjivpTJatDJKPLle28uRo0XlWYsS2Aa07nVb69vbzxh4Hu7P7PeaxJEtjt3m5t&#10;5NZSIyISxDEwldrfdZosDIOD9hG58vJjPCGneJBe3y61p4uPD8li32i6N5+7muLi2trdfkJ3S7kS&#10;45Iwmcc5LU7T9Hv/AAnNY3EuoRzXVt4gWeH7PJLG8ws4reMqRuPykDAjVcHlTyS1SeEjrVz8D7J4&#10;pLixudW8P2AhsbvdEtvLDGZyqnPVY9oK8Oqw5IGeMDRvEPjbxh4otE1y1+yxWHiTWE8xYVDzRxGy&#10;IfzI1+cCUvhSVLMhVQWjABYk3fHHh77At54a1y5sVOp+KrySx8uZ5Y4EPk3MaOqgEMqzNkHgcZJU&#10;kVpaFpll4Vm1DwPp+nm4XSbNpUEWFjhb7VNETucjrGAB83AwOeSMu90+y0LVLy0sQ15daL4gmeG7&#10;s5F8lXktbJEJZPl6g7xxyr/LgHGrqXiExfEzWDBayNcP4eka4W4mVBLDPcr5TKB6vycFgNrkDcCR&#10;SAg1qXQbXSTFpd59hvDboqvJdNy1qLhnVtwUEbXL5wM7WGfm3D41/wCCgGmJq/7CGtSw69odjN4s&#10;8SW3l3Oq3DAK5mR7gRgIzZUw+YTEpZ41bCsQpr3r4+3tho2neIP7IuriS6t9PW2uS14GjkZ9IdYz&#10;k4TczoygqeSqgZOTXyl40+GOq/EfxFN8Tv2horu+tPDek/arPwjDDFNd2Nv5K7ihjdmklIijxC+e&#10;WBAUP8v53x1icXSrUoUU2lGTsurdkr+SSf3s/ovwHynBVKlXMMTU5FCpT2V5S5VdRgnpeUpK7eis&#10;m77P58/ZL/Z/+LHwzjTxf8Odd1bTby+hkNx4kjvJ7f7FCTtKxW2QGDZXEkhkJxGyrGyk19ZeGfg/&#10;4G8L6guvfELSdZ8Va3qVwvlapqQnvLm9uZmAQbnB+diCAOOd3QZrxv4IfFL45fFXxfY/Efwl4dsG&#10;8L6XdLbat4Z0vN1q0Om5AOoPAyFpbaL5VkdRkAsSmPmH35pnwk1a40Z9L0bVVj/tDT5ItHvLeVE8&#10;osoVCvlsCTtd2AG0AEjBA5/LcRlGOzyjKVVtK11FbPp3sm7Wu1o9+x/RvFfEC4e5MNHlhdNNxlee&#10;n2ZytzO172TUWm7K9z558WeJPgzomuXHhLxb4Mk0OZ7pvtljqWkkY6bGBXPmKc/KyBhjkZzmuL8a&#10;eHv2e/iC1rpuiappdldXUN1ZTLp86RXRtnhaGeNk3B9jo7IynCkcH0r9Arv9l7xv43+H2m+J7HVb&#10;S38Rf8I95d9YXFnG0dpcywRpPBHJGA4hYG4RhG2drjYQUTHjP7QX7Ovw/n0W40nxb+zV4b8RXTpb&#10;wR2Wk2oVA0KLGrxv5ccVtLHuhRXzAnlu+WIXYXlnAdWjiX7OpyR0cXKF3d6WvBtXvbor376L81yz&#10;xUwqqcrjKTV1LlqX20b5Zximra6yeiW6uz4u/Z98Hj9jL4+vqfhua+ufCnirSfJ1KbTIDDaQXHnC&#10;SK4AxiMoC64XKqj7sLxu9V+Mvh34R/Cfx14k/ab8cx2+g6h4W0G3lhkudQ8y3uUc+Wsm3H3gYjGH&#10;RyMyLzuG1OL+G+oeNbb4weMP2U/if8GLzw/Z+GYU1DTLW/1S31C9WyfIhjMkbBLpwC6q6u5AwjO0&#10;mWk8/wDEHwE+HX7X37T3gn9m3VvE2oXGi+F/COsag2mSXSWzXTxXtilsGj4wkay3KLuBOI+GUOGH&#10;1fDsMVUzKpl1dXkm7S22V2+j7NN691qelxxmWVxyN55vyxpu0bWnGTSi9G4xdm4yUdEvh2u9z4Of&#10;Ff4t/tn/AB90342ajpt9pfgDTZCNOVWWOeC3hv7MJGyspMpkjnIABdUjY7SkrFm/Xj9mbxRYXnwa&#10;0GaKVGkls9vmLhQSGIA47Ku0D2Civn/XfhF4D0D4UTeAfh94PtfD8OnwRtp6abZxwwkkxSFRG4/1&#10;cjKu47ST6Hvpf8E6pvGenfDXUtO8VTwzW8njTVv7HZZWeSC1WbAhkO4rlZBIFAHyoUHav17DYWOD&#10;w8acdbb+b7n8Z59nFbPMyni6iSvslsorRJeSX/Ds+vNOvWmkW2hI/wBpm7VqR3OlIvlyOzsODiTp&#10;+WK5i0u44YvKiPXliD0/z/Kkn1K4jXdA4jX+8xHNdB4PNI64T6K5ARHjb2Y4/rUxRNu6CZZP7pXr&#10;/OuD/wCEhkRhs1FS391lxn8a0NP8T5dBM3lv2ZW4P41LQ4y944/9p/wFF4q8KXF6it5m3y75VGT5&#10;ZXaCBnqMjgDoe2K+XfDHxLm8ICTwb4okBkt3wTMmYZl7SbgvXcFOc7uCMqQSfrT46aj431T4SeJo&#10;/hlb2Unir+wbseG0vmAhkvfKYwByQcL5mzJIIHXB6H8mPC3/AAVd+D/xPTUvBP7TXgq88P8AiDSZ&#10;Li01CG50mbyre4jB81HQqJLd0ZWHlMC6HcHC7SB+H+JGVY/D5pTxuAi7zXvO3u3XRtO6fVaNb3ep&#10;/Q/hRiI5tlNXBYi01TknZNe0Se0kn8S3Ts77dtfsPR/F9tfeHdY1vRxumBW3ZYbgf6vHmfulC9N7&#10;sTg4AK53ADHi2gWGreLzLr2q2t7cRW90wSWbcYY8kbWaJwDISw3HHzjqM/KC/wDZs8feEPj18NdT&#10;s/hzrNjc2K7Z7LUFjcTzW2GgdQX2McSRSBicqAgyWzmuq+FWgHWYL7TNW0w2MMNwBdR2W1luZVRc&#10;bcH7oTYwkbAIPQEEV+O4yeOzDMKNKvF+6pdrOV7PTy08+x+yYWNHKYYpQeqcfVRsrW16/ctnpctH&#10;4QRWxulu9S097NFZvtuoTDyZY9mD8hBQBS8hk2qhXyoScBgRHqnwX0bxlosyt4xms4Y55JLVodPX&#10;MTk7TtJk9OrlzyVIwMqeh8WS6XaaNJqfiM295b/NtW62yLJ8mGTblsqU6qMn0BxziabrnjOTS7hr&#10;SNbT7LJ+8+x2MbjGFUAna2AvJORuVSS2MEr79TLMvlH2co2T6LVv+t/ktdNeOlis1lH2satnffS3&#10;4p97OyS127N1v4aa7baBc+Hri4tb6YRqLgrGImuHIKltrZC5AIxuGSMDORX4b/G/4Wal+yD+2BrH&#10;hnwxLCtvBq4Sys1glm+zWtykVyLYRu5lby47qJSWJyyk/MQM/ui3jvxTZag11qkU2sWtxcBYWtfL&#10;WaPo+0NuCyYLSAAqpAI+bjJ8Z/bt/Yf8E/tn/B24n0eaytfFVjG0mg3U1sBJ5kPzGxmByyhj8u0A&#10;tC53hXAeOX3eFa9PK8U505t0qiUWtNNbxl52u1o9nfpY8fPsPisZg/30YucXdO2/80elr2TV0tV8&#10;18xfsO/8FVrj9n+LTfDOs6tcmx8u7uY5NSuvMiuRDPZiJZPLiUKVNm6/fz/pIVeRk/pp+xL/AMFK&#10;/gD+3F4WuNU+C/ijSbPxzYSiXXtA8RyMtzZ3EVu0crjhSImiSNUvY1Me2aNXRZA8Ffzx/GjwHqPh&#10;HxNdaWyyRtYytJMvnrbSW9zGyCVGSQhkKtmMggBHAVTkYPD+AfHfxN+Avxdh+NHwj8XXnhvWNJul&#10;kt9QsJBm1nxsaIIxInjdWMTxsDHLGzqwdAyn9bw9b63RUKjWi0fXTp9x+T5pktCMnWo9Xt0V77rt&#10;e109Nb7o/qoi0Xxj4uZdN1lJtbiu2nXUJNUkEkajyhazRpHGskVtcoRKXRWEE5Ziv+szbc7pNjpH&#10;g3xDfW3ibw5daFeak32f7VdSIwvIwjfuoX3t5YGSW8oqdzbvmbBr5B/4Jm/8FoPBn7ePhS4+Enxm&#10;19/BPxA8PabcX15a6TqEy2OrQRIJZJbeWORpTtUE/Z43M0IJZDIqM0P2JdfDnx3omsTXiamkulyw&#10;SX6yTsI0jlYea7SxthUklLO0hjVFEis+0C4aOHwcwpzw+IUrarvrofK51gKWZZfJz5Y1I35Ela9n&#10;8N9rtPaytpbRJEMltZeAvDtz4btNY1a+WVrieNLuT+0ZS0pMvkjzUaR4Y90caKzjgcksGc+P/tFf&#10;Cebxb4EvtN8SSQySNZpHdXNramBHcJ8zpHvcxjIPylm2jgk9a9Y0fxraXFvbz3Gtrelp52hvLhoh&#10;IivMzLbjbGg2x79ijG8Ki72dtzN5T+23+1D8Nf2f/gzqHi/xP4gsY5BDIbSxk3NNfSbWIiiVTuLE&#10;j7wVgoBJGBXJivq88JOHMuVLljFdbrRLvq+nY/I6tSNtN/1P5tPG/jjx34N+KPiefwd4nvljXxNf&#10;RLDIgMFwqT7ifKwVJPBYnHY5yePpH9hX4A/tY/8ABRD4jw/DT4e+G9D0fQbCSGbxh43+ySrBplq6&#10;uoDKsgM87bXWKAEBzyfLjEkqcZ8Jf2UfHXj3xzJ8T/H/AIa1j/hEtZ17z9eutGtHkvLCOS6/fNGr&#10;IElZdxhCs6J5zZkwsbA/t3+yN+1F+zl4R8G+G/gb+yr8NrbRLG00aN7Pwfb6MIr6FUijWZ7ghf38&#10;qhcy3Rd95R5DI4Bevoc6xOAyijR+t4eTk7RUlTlJJ2S96UVaOui5nqfbYPJ6OPoxhFRc0tU2lsvx&#10;PRf2RP2Vvhn+xb8HLX4YfDoTTzLGra3r93xdapLtGWfHCRLzshX5FyW5d5Hf0y41O/v44bHTPLjW&#10;aaO3+23Mqx28UskkcUavIxCgs8sYVAd7lgFDEhTPrSQw+DpvG/ia2ax0pYwTHHcRLcztwCsIlKp8&#10;rNGrySFYoi5MjKI3xifE79p39lT4b/BvWfG3ijWbyx8N6TAwt/EFxqS21nqs7u4CxzROryvuEi7W&#10;QbIucLBOjS/A1MHjsTWnUxUuSn28vJdF6an2OVZNHD0YyVO0U7e6lo+z1Svrte711VjS12/+F/hf&#10;w813D4oGrzTRlWisZZANWV1V9rlkA+y7WONjElJR8xEj7/nD9oX9sH4dfAfR9S8c+OvEljZx2sMZ&#10;WAN8lqiHaiRxLwiDKIkajklVVWZlDfI/7Un/AAXR+FVjqF1/whS3HijW5mNra/2MwmiQsjNGn2gZ&#10;h2eY+07GlIJZtrNlT8CeI/i78W/2lvj/AKX4k+KGow6qzatIlt4ahvCbW1mjje4ij+YDLO1sA0mW&#10;ykpVSoGxfEqcJ5pxVjKbxF6GCpXkoNWc2vtNPV6fDdcqet5O6f0CqU6MbL35XS3Vo3emqsvktbaa&#10;JI+wfEHxg+Mv/BT22uLzWdSvfD3w5a7kt4bWO8WC41HEyRiXGQCiylvLgyNxicsJMJ5X25+yj+z9&#10;4I8B2dr8HfghdLeatY2yPqmoRviN1SJpLiV5FbyIwJrlSVfO35v4uK/Lf4e3X7SPx58f6f4B+F/h&#10;2z/tLUtc1Gz8PWPh7S0tLXzLe3aSSeMbQIkWRFBd2AKBt7qqPIn7CfsjfAx/2cPgja/DSXXP7Q1S&#10;6AufGuubn8zXL0SGQM5P3o4uEjXCrwZNoeWVm/W/7c4f4LymNPD07ytaK6yfdt6+r7aLpb4zG5Tj&#10;8biH7WoknrZa2X9bL/hz2/RYvDfwp8PS+F/AVxM0lxbRf2prbFlkuPkQeTFnDJAMKcnBckkkDFZ3&#10;/CR6j/cX/vkf4V5rfWfj8/GLStc8P6Zo50BrOS31pp1dLi1WONvs7W+Nwc73ZWQhBsdn3MwVD3O1&#10;v+fg/wDftq/DOLuNcXj8ZTrU8RzXjqo6KL5muXdbWuurTu+79jB5XSwlL2aj/wAHbc4z4LeIfhF8&#10;UdL1zxxoPiazt4de0Gez+1WGpxNol3Jc+WWuLZZCXs5ZZMlol8sOSskqNIwK4nw4+I/inxje33w4&#10;+NHhiO18WeH/AAbqN/HNe60Jb9LeOaHMc0MmFu4i7eWbsRiOSS3keNY4TbvP8KeF/EHxd+BGgatY&#10;eEZNGk0nT9Es/EWn6Pe24vNPN0v2bCpIWMey4jkRfOVmYSRBUYo6uv0n8Av+Clvw/u9Hk8M/FaK/&#10;0G6jJ0DUPDOtWUS26TvljLDfAReUZoFWUW8kaLHgKHdirt9VxFwDmnD9adfL25x0cXd+0hbVOLW9&#10;v/AvLqfVZNxRgc2ws6eJivaTSV23ZNK1le+jTfuy92yS5re6fUXhs+DviVpel/ErwXrNrcrfObp7&#10;rTphcwXcKxvbm5g27lyr+SrQPtZBFtcDAZobnw5e/DjTINOsZhZJpaXtnqiWcwZGINrLCwMXzxkn&#10;HI4KE7weMef/AAk8N+MfBWo6tLqHi+91jwxY+F7OXTrbU9cgt30+a3a3jtpbtH3PaXUkKyxtLEwt&#10;2+yzTtua5EcXb3mpWHxw8AaZbx+K5JNN1fXNO1FteunMkl5Gv30kaPehZo44yJAzRSovmRuQwx9t&#10;wX4hU8wlHL8xl+80UZ7Kbe0ZLTln01speTdn8vxdwR9Rq1MVl3vUk9Ur3jdXWjSei3TSatdaXSvx&#10;6HqcX2iJ9chlvtP1J4phZ2sX7iFbR0+ZNh3Ehh0IbdE2MKCBxQ1+Xw7bW+t300c1/Dpt3LeTWd4W&#10;SJry5vN8QCkjdmJWUnBQEAAE4HXXtnrWl+P5NYl1xbe61DXLqGTTbhhunWEXBZ9ykhSFmVSo24L5&#10;Jxtrh7vw8NU+PjeJGtpIbeHQdMSIBw22PzfJ5YkjLq0fylD8rnPJGf1xK5+Zy93Q9G+Ifha7k/4p&#10;7xXql5YtdWM0t5dSPvlLC8vblSX6jMcK5YbiCM4I6aHiXT5NM0K+jSz/AHtrpljCEhniZtsHJAdn&#10;G5A8iZAOGCgYJIzT1eC1u9HmvPEFvNcR6bozQNcLIgafM1xCRG3yqCQ77WBKg/KGLbtset+J9Q8I&#10;Tau2oaxdTaVeaXNNews++Ro45rUiQsxPK5Krz8zYxjKYWqsCieEftGt4c8Y+IdL8OapFFHp9xqFj&#10;FNatpcgnguILaNo1/dRMyb0H3QpX96BkKxL+AftzeNPjHq/wxs1+Hc+mzeHY4lt9asbzVLSz1S5j&#10;Vhts2tI5hNcRmN92Y0I2MzDbiTb65+0z8QNJ8O3Oqa5F4mi+2W6pqi/atMLR29tEY4kjYFF35KPB&#10;+7PmK0mM7kIHh/iv4k6V4r124+K/xov4I9F03UZbiHSdQmlYaau4tC3zDbK5DsR9873kCgMSB+Uc&#10;eRqU81UpLRwVmvV3Xpfdfif174A4aNfJYV4RT9jVnzKSveTjFpxWnvONkpXtFx1T0UrH7L/i/wDb&#10;18J3fhPVLLxbHo9lpMdvLoenrpEDyPZkSRy2M11nzRbmNI1ER82NT5ZIV4oyv158Pv2kNF+F3hnT&#10;NN0f4N3eow27E+deeI4vOhYSHL7VtljUbuVCpsXoAoUAfEfh39qb4/ftP3Vv8Kf2R/hbfW9jPqke&#10;nt4z1MslhYM37w+ZNtMUBwA21nkd8YVGdlB8d+MPxQ+O/hXxl4k8JJ+01e67Z+Gbxba31Tw+LuK3&#10;vpTbNLKYGVEUxoRgksNwbzUVlyw+Dp4jO40ZKFox82r9rpb2aWr9L9D9VxXCHDedZhKhjHThUd24&#10;xdTm5btJz9k0k7y0UnzfE+5+tE3/AAVp8IWcs2heKfg/q2jzND5mkjS70X73bKAXUK0cGwgEc7mH&#10;I4xk15zaaX8AvjF441LUU8aeJl1TxJdPdah4du/iNqiRXU8sbysqWjz/AGeYxxo2ViVo0EeBhQK+&#10;V9d+Kep+GfhTH8QG0u3kvrTw/wD6P9qb95NvBbB5B4aJlY5z05JO4ea/DT9qD4c/EGxHhvxxNJ4f&#10;vZFcrhppLG5f7qqiqrtHIQxjCv8Au8LuMiZAXtecZhh2nUXNde9Z2+5bf8N3OTA+D+Q4fD1amVRn&#10;Rd+WVpOom/8ADJ8zWzaUm7vpsffn/CkvBnw0ntfFnhL4dT2M3hlbs6fG2qNLCEuY0E8ioT5YZ2hj&#10;3kAOWij/ANmvnn4FaDbt/wAFWrPWY7WSG41D4R6rJDLbAIsn/EwtwI927dvZxGgU7i2cFuVDdd8D&#10;v2lrbTdVg+EHjLUtXmk12Bh4NvPMcy3c4KR/ZyY8nLL8yO33irIWZgA3nX7Kuut4x/4KN6TrEW6+&#10;3fCnV5IY9xRUj/4SWyhAw+D8sRLHAOWjBOAC1fU8E1q2ZcQSxF70409NftScV/6SmttD8K8WMJjO&#10;Hcl/s6utZyTi+kqcVJ6Xb053r2ldPVH3h4q0a51iK+F3uuLrT47OWT7My8yK8TlFwVwxaHaWxu3K&#10;20MQVrmP2H/i/wCGJfibrPwLlvYxqel6amt2dub6NXuY5iIZnWDIkxGfK3MQQjXKISCFLbDp4j03&#10;V7G4jkks7G88K+bHCbhC6q8kS7JHwyNIBM77xuLNkn7wItfsxfsleGIPj5J+1Vq+pXEl6vhWTw/p&#10;MazL9nuLOW6iuZJNmCQPMt4gmGUYaTIcMhX9a+yj+ZpfCfTmlWt/qSZhgLAN94L/AJz/AEq1rPg/&#10;XLkKtuIwqr8qs55P5VetdbhgGyCNV/2sVeh1x5uZJF3eu2pOa8NrnCalp+pWLyfb7IxqqqqNtB3Z&#10;yeucdj3qg19sDKGby2UsjHnH+TxXp1xFBqULJPArbl53LmvP/GHhsaM/+hJIIJZMbuW28cKO/v8A&#10;h+NBMdHuUbvX5pII3Mjbv9kZY/l/nmvxl/4Kn/8ABKTxT8Uf2rfE3xk+CNtBCniOFL57e13Rj7ZI&#10;pW4fO4Ft0oM788tI/wAu1H2/rzqN55Ni/lNtZdwHJPzZ49/yz/KvFNUOs+LvGNxq1oiWlja6fJvW&#10;ZHw7q+FAwfmUFUl2553LkECQDGtg6OMio1Omqtoe3lWaYrKsR7Wg7O1v6/z3Pxl/YZ+P/wAXP+Ce&#10;3xOj+HPxQ1Bbiz1B1uLSP7dhFeQ7JbeRpArLHLtjKsflR1BAJdjX6yfCXxxaeOtAXxbY6c1uk1us&#10;lvDGxIaOTLlkJY89mAOAMAAcCvz4/bv/AGaP+Eq1TWtctbK0t/7Js7qxe3ghCCSeK6tPutv8wjex&#10;RskYKKF3Yr03/gjp+0TZXnw1i+Avj/Xmm8RaUkdsxvFCOYgmbdUAJYxm2MZD4yx3g8q5H41xtwzT&#10;wGIeOpLVyXN2tZpS8tbX7tJ7n9F8G8URzrBRw1azklo+u6bj57tq+trrax9aeJGlvfFNrZSq8kMd&#10;vCY44Ww8rNLwFBVs4OAOABjtkV2Fl4S1R9Csf7H0M/aJoRJY3tv9nXzd6KD1OzzVVnyzZISMkDaG&#10;rmj4OutY8TW9nY6la2q2rqZ5G5Ro3O9WK/xlSBgcDJYHGDWj41+Mej6DPDp9nJD5lusiwlpQrASc&#10;uTtPzb2XewUAEqTs+UEfmlPMMLg51J4pO19Nv8m9Omn6n32Np4rF+xoYSzaV2tbLe19lr27P0NHR&#10;vhxYTac0F3YLLdzPtuo5Hmt8MJG5BJZSqo0iZKDnaw4I3Y2jQ6xZ+MbzSdTmuvsslzu82aMRxsIy&#10;V48vI5jC55wcMTgDB4e6+OvibVC1zo+l6hMsiq9xDpqthDkfKRCHIPcAgZHIzkVf0z42RX3k6bq9&#10;1Npt5dSL5kOqwk+YCcghwA4yMjDKOuODnHH/AG1hJQjTpLkSslpa7XS7ev59kdsclzalCbq2lzdN&#10;2tnp6enbU+LP+CmnwY8O+G/2h5tainj02w8TWvn3Ubskey4eCKJlRQwKswgi5CyYMzNnO7PwX8U/&#10;Aceh/wBh3DX1ncHVLOazs7pr5pFkVbi5gjfzMhQrLFsKg4XzC52hSF/a79oH4LeCfjbpF5fy6VDJ&#10;rlsxGnGaaNFDbGVV3MrHgSsVPA3Mu5goOPz2+M/7LGk22kQrrzTSXFrLfXF//aM262treeOd9kcz&#10;NLtVNgG2Pc6u7GTG1Af3Dh2tgc5yqFXCS/eU7RqR6pvRPrdPdP5OzTR+KZ3PHZPmk6WMjaE7yg+j&#10;Ss7eq2f3q9z8/wCS+8ceB/Hdn488EazqOn6lpd1BdaZf2WY5raZX+Tb5YYRYJyI88AhTzxX9A/8A&#10;wTF/bWsP+Ch/w40+PxbeXGkfGDQUgPiixv7No7WSGBmaC6gDI0YTzJJpFDRsUeOWMhCLSdfxZ8V/&#10;D+LQ/DF5cavpXl6jpayR3yW9ukQZUurhNyeWGWJW8thhcuQZMszECvo79jX9sLU/2dNV0fx14Cto&#10;YdYvvEkYax02aQmXS5beSCVZiq5eIylWVmBYtAsiYOHT0MZGOOhGlNJNNpPz0t8meZUjHDqeIoXd&#10;0n/n/wAHva2h9B/8Fkf2S/23fgt8adM+M37F994m07Q/F8i2fibSvC99OLSHVMlY7sCKWJUNyhUy&#10;Dy1RZE+/I0pI8k/Zx/4JHftQfF7X9P8AiV+218T5l0s6N/a8b3GpLfSECFZFiKedgn96jdXztAwh&#10;JJ/XjwponiL4q+HbHxd4eh8Q2tvr8cN5eeHPFU032mzvX8mRz9mmhZU8qVFIIlSAKSsQRXEj914B&#10;+C/hTw74c/tk3sfiDyYY7ZZtPuopIpMyQl1jYyCGIbXCqXYykPIAWXarTkcsuwtNyxFFKrF2T5Um&#10;/V2vp3vqfIZtkWHeMjVoRgnPWUrWkm9/v3vto3ft4T8OP2G4fEGlR3XiTwxHoNr5c8F3eWtkWvLe&#10;1CbXBDRf6OGgcRq4VZkdMhVRWFe3+BPgB4E+DXwxuvEHwR8EaNNqGo2MstxqdmiP9vQLLMsmwx+Z&#10;cSSSzTrCWDRIkhdAVPkvftfjJ4A8cxL4a1rQL7S7yObdHG1jL9jkuVt/tAZYZPLnk2xubkM0ULN5&#10;LOuTCxXxv49fF/4JfsYzz+IfFniuHxNrTXTL4S0CO38+7ubgNhZ5XYHzmDi4/wBIwqWxuHQtIWhR&#10;evF43GZjPlTvfaK/rU9bC5LQyuLdVOnOOvvK6kvNppJX6Xs1dNN6Pqvj5+1nN+yN4LvPif8AtV6r&#10;4Z0nTbG2S2bUJVSa9v42jkeOCBIzFNLKxUzyFY40ULtjg2LLcR/gj+3d+0b8UP8Agoj8YIfEuo+D&#10;ZtN8A6LDIPA/h/TgXjtrcsJbqYH/AJaTOf3j4OECBW3MGcfUP7Z3jHxh+1L8SZL/AOLHiTRvF3iW&#10;1jjTRNL02WUWPhEXEFu48wEsJyzymOW6GZC1tHsMZUJaeNQ/Dg/GywW40zRlh1bTNSjubu3hsz5O&#10;kpjYmWRiPLkeaLyyF2MDubaISIeKeFqYD35v39v8N9n5ef8AV/UwuIwuI1hTSTs3bRStukm3v5/8&#10;N4L4D/Zg0rUdK1HRdPnjl1LRraO8tbqNncTwvPGo+6HETRkAEEkussRRTtKy+raH8A/GXj/xF4f0&#10;L4SeHBdeKJPFWmvp9pp9oqSx3SzCG5kI3GPbGiTTSOJGjRN+5gEdYfYvgT8FtT+KnxI8LaT8FfBl&#10;9qrXd5qUcAurfzhcQxSWrLaTbdvlmO5j8zEjlU37/NCklf1A/Zj/AGUIf2eNIuNR8QT2d94r1YSD&#10;UL2xR0hgjeUzPBEJMMN0rGR2IBZtufugDkxWIlgcO8XiXe2yfVtNNfk9NNzHHZhRpx9jSSTasrdl&#10;Zxfy1RyP7Jn7Gvhn9k3w3fWdrqdnqWtanDHb6nqVpaG3ja3Ry5hRTIzbWmd5WYYLZQlf3S16pLCJ&#10;T5EI8tS2TGvQ+g9+/wCZre1CwbOGjGAfm+UDOPpinaf4YvyEBs22zKW8zgALj68ZxX4dm2MzHPcZ&#10;OUE30VvxsvwXqzmjWjBc03q9WZWn6HNczLCiKp4DfMO/5n+f9Kt/8I5H/wA/af8Af9a8r/aY/ah0&#10;D4Ux2Pw7+GcltrHjLxBfNpmn6fZ38KzQtkRySNncY4oi4kmmKsiKFBDSPDFL8+/8Ix+1P/0F/AP/&#10;AIAj/GvayXwzxWNw7qTpSm762lGKXleSfM+9tI7Xbul52JzqMaitJJefX5dvzOq+LXwp+GrafcaV&#10;q3h+bUrGDxUttMq20ZjhiNgkiskMe2MwI9zaggKQwtjGIzExC/P37R3wK0zxz8T9Wu/EVl9n8K+J&#10;tE+1WWqrbSSum2U3EjgoxYIEmj+ZUcDgcfMR9e+BrS+k1ObVvslqtna6xcW0ccEOJhHY3D+cjhiA&#10;Fxld2HwFKjadpOp4t+GvhuTT/Dem3Gp2v2PTJJNOaNrVpYwDHZWSk52hVKT7iAc4mQhxtav6oqwh&#10;UXLNXR8dh6tTDvmg7NH5S/CX9qz9qT9iDUymg6tHr/h2O4VY7O5jjkmgZfnjjguNreWEWNWEZWSI&#10;L8qo2dw/Rb9jn45/s1fHHT/F95+zv4gTQ9Qk8Qx6kvhTUtPWSaCKEXEzhERPPh8+OSZkRWmSCRy1&#10;sGZWirxjxj8DXbV3n1jwLaTalMzOLLznMlxjTpfMtihUfu95hCviIbUY4BLAfJ3i/wDZ08c/syeN&#10;7rxr4Vubiz1rT4ZfK1DSYneGG6jgmikiVPMXzIWmLx5bdGwUb1cFoh+V8aeH9DHU5YrCe7PfTZ9V&#10;zpbrzS5l3a0P0/hnjKUofU8TJ8rS9LpprR6aNbPpdK12z9hIZdCn0xfiZpmtau6abp95dw3XlvGs&#10;qM9tCxEuW3h3hD/KWR0hkKM0bxk83pGiah4V+Ldra6dZSNBbtZ/u5IwkzhL6CBN3zq3lyvazJEql&#10;so8TcAkN4X+xx+2/ov7UfhE+APEFna6T4vsbe7tfE2nrGzxC4m3NHqMUflSedG80sqygSxSJO6Ix&#10;kZ1nr6r8bHUtfFtZeFb5xqUzW96t02+6uBbRyw3KSRxB2PyPFMFRBtkZctl2IP0fAefYjNMseExr&#10;tiaHuzTd219md+vMt31ab0uj5XjHJIZZmCrUF+5q3cbdNdY7Kz62stGWfGckviSw1rW9V8QQWVtN&#10;HJDdXnnAQS2ayzXKzSyKjfZ1ZQ8RfYWQCOTC5UVn+OtUTSYI7MWLXt5IhDGG4xHbKfsds5fATz0K&#10;3CsFKlf4vlIVq3LL+wF0fxLHojK082qLBcIkD3EdzdTBrR3MUTMDsWJV8s7RvXaW4djzvj67TUZ2&#10;srWzuBNHIsWjXX2h4vPX7Tb70+Vmk2LcRopK9TFhtobn7lnyKUj4T/bm+J+q213p/gnVtKmh01Ft&#10;dY1B7WaKC4ulnLeUpd3ZXKutwTkuP9W4yCduF8JPiZ+z/wDFi903RPE8Gn65KZI7lYbm1aTyfI5W&#10;SSK7iMMxJXy2UM6uNyMu1mD+h/tleENK8d/tRweIbrQ2NrqXhTSpUt0UO1oIbp3EZkVxsbauSMEF&#10;lB+6Vz+dHxA1rSfgt8VdS+EXiTRmTTzrQ+26tp9uo1hRFKf+PeV/khLAY5BADDIYjNfiedZpXx/E&#10;mIw6+KlLRaaJW1XXrf8A4c/vrgfD5PlPhhl8YJpTpxlJxdm51V7zfR2aUdbaJJvQ+6vE3w1sfgjp&#10;dn8OLDT5B4G8Xa/u17VvC11dxXVtI08RWaeyS5awu4stseAWahEjhyZQhSu/+MPwQ1/xz8D/ABdf&#10;ade282uXkNreR+Iry6a9vFgkiW1vEJlZpFaSG3jj/HPBwR4z/wAE7LX4oeN9Cj8W+MvjfYeILCGb&#10;Zf6PqNi88ml7Bn97dAPERs2BU/eMAyKDGQVr7Q8Z32qeM/CM2jfDuSx0/wA7R2g+z3emliy8u/A3&#10;cjIIJIHPOK+Vx1sbiJQhJWi05LVK973d1Zv18raHDjMxjk+KpulG8ua8pP1Tt1auklZPlsj538E+&#10;CvFniOTTdVtola18IeI7drho2Frm4sz9pVRvO1JDM5wcEH+6doB+If2rNd8PaV8VdQ0vw74djX+z&#10;pQL7Uo1uDPf3DANLLcb5ZIxLvLBvK2IWyQiAhF+2PD/xC0P4ZWFx4W8SeErfVNQttUM8dxHdSRq+&#10;EUIu35dpyf4iCTnlQBXgv7RWqeFPihYzePdV/Zr+JGmjR7UQxa9Yql5pqfvJ3mLRhxEsJlcvnlld&#10;5BIQ2KpUMZ/aEqklzUuVbW0fdu97Nb9E7M+glxFmGXyljIq2lo3dk3e+q5lzN3dlvZvR2Of+Gniq&#10;b4kfDH7RaavqC+INNmS80O8s8maG4idWB3g5TbgkYwckH0NfTX7Eur3Hin9tvwX4iaa3Vv8AhmW4&#10;s7RYoyIzJHqWk2cizFuu2ZJA7E4+QY64r5R/ZLsrrQ3vtQ0Nr6a3uJp0jWGESeeFRSUxu6Esytkj&#10;C+tfUP7BjaN4b/bA8BkaZHpq6t8D9as4bWLT2LM6eJLeNhtQbpTgMxAySyS8AMK++4BpfV8wrQh8&#10;Ljf5qS/zPzX6QGIp5twjhsdL4o1Fy+Sq0pSku9uaCaXqfdvxZ1SfR/hcr6Rq+nTSaT4d2xzlZUtZ&#10;QZ7YySAjoojhI+8BmQbhtOT734cVNA0CKw0yMpb2duscEbEsVUDABJyT9cmvmz4i6cfDvh+O91Wz&#10;jt/+JfGlpEs5hDTxX0avBsLq5cqkKcMU3hmYELk+0fCL4j6H8RvBtj4nsJ5PL1KEpcQyZbyLhGKS&#10;R5KjJV1ZemOPxP6fK+h/GNbmlGyPRbLUpVuUtc/M3MjM2e3P4V0GnXtrZL58shZv4Q3H5iuC0fWY&#10;7bxFb6Pd3aJJGCu1ZPluFERxhsdR6c5xwT21rjVZTIC3dsde+K5581zg97c7SPxQMbjAv4daz/Em&#10;qadqdg4uh8uPm3Vyf9vwuMNKd3Q/Pt2n6HrVHWPEMvlNayE72t90ihc7R/StI3NKcpXsfGn/AAU/&#10;/aj8X/Bc2vwi8F6PdDVPFmk3D6HrUzOtqkcZVLhC1u6zrOsb5DpjaChUlshZf2dPEupa/wCENBub&#10;aCf7PNcbYRawEsbWCK22RFBkqoU7i2SBsZTgjI9F/aa+C3hH9oi00GHxRDFCui6wL6SZmXzpY1Rt&#10;0e8glEJ2syhW3iPbgEhlt/CDwXdeGtB8K+FbhpB/YukzWk0s7xi44zHC8iYXIYN8zZXPUgbBgpxq&#10;RrSk3o9kevz0JYdQjH3k3d9+x5j+0t4P8OeJ/hnrWmJY3M1+2lvPNPeQhULySrJsR3X5i52gkYw0&#10;fOCePx//AGm9B+Kv7Fn7Sdv498Oi8tZI7RWutMaXyhexwW1kjSKUIEeXaaRXYnY0TggkFT+53xD8&#10;GXvjS2utOt7a5a3vo5GVbcq7SMGiKiN5Jc8DeSMKGGCXbIA/Pr/gop+wR4h8R29xrvh2ws2uYrIH&#10;Vri2TyPtb29gDvZnkIlG6NF+U9YYwMBWBjMMPTx2DlSnHm0enddvmejkuZ1stxsKkJOOq1XR9z6R&#10;+AXxQ8Z+N/hJY6h4mtJLLWP7GszrVvJCI5obiWAO8b4LDK5TcFOCzbgRgAQaD4QvviL8RJrL7SIf&#10;skjxRmVkG5ljDsVMhXn5mBUE48oZyQMVP2c/Flr8UPCepXcJmtGj1C5t5rI8SW37wYBxnBI2jIbj&#10;AxV7Vr0+Dvikl7FdSxW91GZlk85mVTkCbYvILFvJPQk5YjkAV/FuMjT/ALTTxC9xVGvRX28uh/cW&#10;DjUp06sKTSqON07dbLX56vTpsemadYrompxeD/ENgunu1q4geG4ifayb5EQhs9nO5gGALFRwfl5/&#10;xV4f8I+Jhc61olkv9nm+VNzZLRboiSzls5Hzbht27QVxkEitrw9JaXOgre3967XN1GYZr61ZVgcZ&#10;aOMKI0QsiP8AvCCAGViB5hjxXN+J9c8JRXDWXh6KwjkNtNLqklu1ylsVUMqqqDYu12dfl+YBWfJO&#10;wNX2OMjl/wBSSulHzavb7v6+R85g/rqxz5b82zavy36vfr01v5asw/CMN1bX82h3xWaHTWiSGYt5&#10;22KROA2dpypBUdRjHzEEGsX4sfCaX4yaE2nWNntXS7LVrNHkih8lpp7V5pDyFZzI0sSvufbiOTkb&#10;yRqeBvCt/wCIJtU8SaZ4mvNLh1SRY7LVYVg8xLWIhEYfaI3jG5RjLqcjHfkdt8NdDt/DSanr+ryw&#10;p4evpLy9juruVjFv8trT+PaoO6KN/lyW84DIwoHs+EVCpSzypi4Plpck+e+3KmnF3emjtvsj5Xxi&#10;lh5ZHCjbmrOcFCy15mnzLTq1dadbabH5V/F/9l7x94nuI/h58NNJvtcv7qb7Gbc2q28kai61D94R&#10;uYJCgiVTMxbYke8sygu/6Qf8E+v2Bv2b/wBk/wAM/wDC4vib/ZGpeKNJZW1HxNcP5kGmXMkgYQac&#10;j5KyopgijuPL8y4jkUoI/PeGvP7T4meHgupeL21q20vw7o8izNcLauL3WTLcyzw4jiIkCmaQKiod&#10;6zJLAqyNuFbHw0/bO0DxhY6fYfEq40HQ/FFhYQ3SNa2hbSrG3Rtluk00n7iQmUzKsUUhMTCWNZNw&#10;Zz9JnXF2HxGOm8DTvSi9ZW3fdeX5Kze9j5LAcLZthcrTxKk5q3Py68idny9byt8TXMoNrSTtf7e+&#10;G/7UPwp8fGXwLNe2Wg67FbyXeoeFY9WlfyokeLH2qZEUQuXdFMZJO2QiSMsHjRdL8SweAtNuo4fG&#10;8lrdWNtDbWsMl0yzszgbLS2scm3tkZ1REmPnBiHAUIqmvzQ1r4S3elNfeFvHPiGGw8MwXlvPb+H5&#10;7qK8m1SeO18tUEf2OMi3ieSRhPavH9ntURI4bednZfHf2qv+C2//AArv4wWvhHTLeLxFDZ30kHiy&#10;80u+2QafayBg1lYOpZWkjZlWWTJSQ2ysux3Zk2wWbY3MZNYanz2V/wDgXel3tvY7cy4dyfLZKpRx&#10;T9hUs5cyvZ6NJPVy0b5k+blVruT2/U749/tT+FtN0nxJ/wAK3m03RtUl0P8A4mGsMkfk2sUeVR3X&#10;hZpIwXDQEiMGNt2djKfy++PH7T2peJfFOvX2o6iuqx6tdWrrfXU0cl0YzHM8a/vpyIVUzQurbYgp&#10;2YysZWP1nW9V8P8A7Rf7NVv+0f8AA7xD/wAJJZWepTR6xa+GFdpLfzI/JMs0IOYBDC6SSQugwFEi&#10;H5itfG2uWutWPg6z+Iek2D6St3cWK2sjIzXgiaY+W3kOGBYRWxI2SF3MmSuIyD+hZHjctrZd7TDr&#10;lqbTTVpRa3T7eXdan5fnGDxtHMnSrNSpp+5ytuLXR927WTvs9NrHR6L/AMIpqeit4qu/E97ca5Z6&#10;kFtbVrGW4juUOsRQxxxtCJoyuzLtGCmJD9wASb/SdG+ElsLTWtb+Fup3lhY6gsNjr2h2LvFHDaW1&#10;kk4d/NKvDKGt1DjDO7QYEnzAx+KeG/hFq/xt8RSWvh+xjm/4RNbwtcX0MrR6leO/2t5MecqsuZ5W&#10;jt8vg5DEAKX+1PgD8NfBPh/V77UPFtpp9poeg6TcLZSRanKLeO/shJHaXmGJMiBzAgV2yxuFALgn&#10;OlPK5YqpzSb5et+q6r/Impm0cNRtFLmW3r0f+Z67+zJ8Q/gT+ylokmi+GvAC6P4q1SGO71rxBdSr&#10;JDcgyqBGhJ2w7pJ41ONrSyeUG3OqIv05pv7Unwd1Xy1vtet7e4m3s0YmRgQuMtkkcAkA9geD2z+B&#10;n/BQP9oTxrrsmgfBKO48yztZHTWSt1j7dPKyyFQi7FjRftMe5AoUsgOMgmvCPhLb/tg/EvVT4S/Z&#10;p1D4kaqujyRLC3h28u1h09ZMYdjFJst0Mm072ZVzyeck/J5twzKpjKkZYlzpb8tT7De6jKLi1Hyk&#10;pNdJdDfC0Y4rCqu4v2jdly7tWvqmn57WXl3/AKPfir+3P+zF8HrFvEvjjxvptjZwuY/t2rTiG1SU&#10;MU2l2whOdvGc/NwrZGfkjxT/AMFafjP+2ZdL8M/2FfAV9DbXkksf/CdeIobmz0mEJapNImQgmeVW&#10;kZSiiPayo4ldflb5k/Yv/wCCFXi/W/Et74//AGwtXs11O51KQw6HDd/bpHkfaZWlYBoZGdmeNWEz&#10;AbS5DErX6v8AwH/ZJ8EeB9D03TNE8O2GnaduafQ7e8t42jhO1pMQ+TOocFTnDI/ygAEbeefB4Xh/&#10;AxVJTXKvs042v3vJtvff31daNMqvk2MjH2k1Z96j7dVFK7/8B+Z4B+yt+zkvg3XpvF3xBvrjxP4q&#10;1C3kl1TxNqEMTXqRNDBL9iHlx4EOY5JMAAAluFDKg93/AOFYeHP+hk8M/wDgQP8ACvRPhTrXwx1T&#10;xdaeH9Kt727tdiTi9t7e1t7TDQwTfuoo/wDSsf6VCC0kaxgH7ynAbp/+ER/aJ/6FbwH/AOD7VP8A&#10;4zX0dPiWNCCp4aiowWiX/DKxyVeG6VGrbG1WptJ68sd+3M0+nZW0uj580fXfDeteFjN4r1qzXzrG&#10;fUbW4kdp5ttwI1kCbiCir55iYFSNqcYyDXRa94Z8JWXgDWHvr65jW11yQaybi23bo55YYd/zZ/eK&#10;LNiMbSAQNp3ccq+i6Tol/wCE75bqG/ht/DPkalNcTOXAl1CyMUEYCZB/dyjDYVUgyMlcDq7rSNF8&#10;d6PrHhe7gvI49S1K1s76G0uBFsZLS8cuq4bYCGGQDnGVY4VSfteXmdz47m5Ys8d8S+D9f8TfEWay&#10;1u3tre9kvNfeSS3kjVkhCwpHK8Cg+aW/c4hAI2vGxOR83k/jv4U6T4w1e3judIW50/UryS4s5P7R&#10;fykQtqBgAnbJxJI65xtIGdoB2tXucbzXKf8ACSvqU0l/drql2szMZxHDcQz2yYTcAIt6KSFZRvbC&#10;gBgExZvh7o3w7XQNZs2uI4bG5itZpGuAJFtY7gnPzSKQHW4UkA4OM87cVpHsyIzcdmfnZ8V/Dnjf&#10;9i347Q/HH4FTtbf8IVfQ2upPtEaahLumDWzx4JeJ4oJS5VtoMQYEEIV/T/8AZB/aA0v9oz4X6T8S&#10;vCEOpNaz6Tstt18GuhHONyCTO6QtE8M8bHbuJjldWlDI1fGH7SPw51TxBetBdR2cjXGix3km5I5G&#10;UvO1uj78/uwGmPmbcHLkM3AY+G/sU/tN6X+yN8cfF37OPxD8bQaf8P8AxDrck3h/VtQhP2fStSRc&#10;2d/IyOnlLzFuk3KylYXVo9m8flPG2T5hlNSOc5O2q0N0ldShdOUWvtLql5O1m0fqHC+ZYPPMO8rz&#10;C1nazd/dd/iT72+W1z9jfDtv4U8O2+rarHGbuzutHa7uLcI22SRjLII0fDOMADplmaRgELDC4Xxj&#10;n1TUPCOva34FvPsM1jcRNHdXVwWVczPIyMWD5TyfOXaAH3LnhQ+3K8M/F63+GXwhtPiX8XNWkvtQ&#10;t/EV1p0N1p/9nW4k8yaRIVEks0VrMsce5fOb7O7omHijlDR1atIdD8Vy65H4Oez1s2trbWOrafCH&#10;in09Xk8+GWa3nVZMvunX5mZctIMhomC58P8Ai3keYU7ZgvYzWjkryptq3Vaxv/eWmzfU4808P8zw&#10;cpTwr9pTUmr7NWaT1dk9Wkno5X0XQ+Evjp8VbDS/HsN/BeTabb6fqkcN1C14qtNY3A8wTspw8gAk&#10;tlyRgBXGFCKT4v8AtZ/s7ab8ePD994v+G2o3moaxp+vRS/2bHZvJD++VkvYfNt0fa7eVbyR+aIox&#10;ELjdI7hVr6K/4KO/sM/GbVdHm1r4VeHdavIdxC/Z7dZrhCttHIi7GImkUTxjAERLCSQNIQVU/Hfg&#10;r4n638KfEthp/wAa/hBqfhXWmX7FInifT57aRJFba0kHmYDrsBZdyB/mKBpNm9vF4klhVxDPOsql&#10;CspwtJRknraylo+lteq00P6W8Ja2Fzjg2nw9jaroV6UmoNpJVIOSny3lpzczaV/iTUY3asfTX7P/&#10;AMAfiD8F/CM2qa34/s9Ema3a6m8OeGrnZp+nAxpGse3pMVjjy80mcuzkcs8snf33/BQn4BeHfCPh&#10;rxZ4o+MTWV9NG0VxcQ6TcTLFaebcW6SqUi5iMsZVmHHykD5vlrx74rfDrVP2jfhBeeG/Afx3Gjo0&#10;Ky6ZaxWLXFvqjmT54biaM+Zb4Q7wPLILrtZclWXgPHv/AATA+IK6Z4d8Iy/tHR6p4X0991vDq+hP&#10;pstuszKbpkWB7vzAXSLqyk4yNp+WvCpYfB5pTjWnUjBN6x5lzWtbZ3b7a20d29LH0Gf4Kng6iw9S&#10;E5TV7NU7LZq17Jdm7emuxzXxq+K+m+Ef2mte+OPwB8RT+KPDcqwXHimPTofMgtJGiVWm2Y4TbtD7&#10;xtLl0JU7ceufBf4q+F9QtG8X+H/DWk6rZzDzLi31SzWeOVP44J4Zd6yIvOGIyAMNuDEV3HwQ/Zw1&#10;T4F+KL7VfhH8UdWuptH0mGw07V5tLMHlW5lSQrsn80xxvO0jNApjOfmWYFytcT8aviJ4E+CV9q2t&#10;+Kb/AEltavpJ7ueLT1CB7p4vLSVgNwzuA+Vi27HJYk59dxwdLDU/ZVJOrF22VrJ6PmTs/LTVfj05&#10;G8wzDnweLwsfYuC3k3LVe8px5Uoxs7u8ly9tdOd+IlhonhNLl/B+jaXp0+vXrJ4d8O6XsCi6uZlI&#10;VeRiMbyoJPHyocADHr37Ddt4dh/a3+HsYfzodC+Aury3THTblJJD/bcKyMiXIUrIzP8AMRuTeGKZ&#10;UDf8X/s/fCj43ftrfGHS9b8P+Fb658KwX/2q4uri1byrhVk3KxLlEVR5NwfLZsFYjnkqB+j3wr+H&#10;uk/DP/gqBpukRXLA3HwAvbi8ubZnSSVjf2jyApIWZSwDvhmBO/lUPFfonCeXV8OqmKrfFP8Azu/m&#10;3q+23c/n7xm4syzHeyyLLJc1GhduXSUlHlTju+WMbqLesm5Pax9NfEpLvUDLqM2prbyaZp8/kTNH&#10;532aYzSKpkUYTYhRPmwQBGWwCWNfln4e/b3+Pn/BN79ofVX8fadrGueCvEFxbtrGkibbAkqpMbie&#10;2Bz5d1hrYKQyxyRny3HEEkP6x6V4cTWvEmq6QZriFUVWa2mmSSONFleRQQ2WY+Ykm7OflKsCMsa8&#10;k+IX7L3wv+PSaLpnxJ8F6XqVo08zss2ny7pla3Qn3Rjgse2VjIzjdX11Rc0LJ2P57pyjGXvK6Nr9&#10;nv8Ab6+D37QWk2Pi74N/EPTfEM1usVxeaBJdLHqVgvBMc9vu82HoV3coQMozDBPutj8YtF162/tf&#10;Qd1xCzAXdnMCksDHop569cHkHnGa/K34z/8ABDfwr4kurWT4HfEiaxe31iSKTT9Usw8dvDHErJEA&#10;rAkq4eMPkltyN8oXI8C8a/8ABPn9uX9l/wCKdx4s8AeOvGVw1q/kaL4i8J6rP5vEXkzYRJ0eNDIr&#10;NjJjKnDZAIPn1KmLo6yhf06m/wBSwNaVoVLX6Nfqft1qnx80SzVfMk1ZnZgMw7JFDEZHJdev09Kr&#10;wfEG88UXUtno9hJHC0KvJNdcSyZ5wMEqM+uefavxX0n9uz/grxpaXWlXOs+Irq184QWMuqeAtLlW&#10;2QuAss8psmaYhQfm3HeSCSQvPQ23iL/gpV+0jNFL42tPHmq284jur61lsm0/TLuEWswEYtVEEGzM&#10;Yy6oHYu3OCuK+tdFBsVPLYx3nFfM/U3XPjv4L8R3/wDYHgHWbPVrqzKvJLHHvSYSRpsWFwCkgeO4&#10;XEiFlwzDkjB6TRon0LULHT08yOPT758LA7r5MX7878bsn5WAyfl2pJ94ttPz3+zF+zt4h+F3gG1i&#10;1eK1tb3w/dahpix6bIjQiHz5FikQKu5W8q3DMoBx9oXa3ykD3qN/mIlF3HcQzNbR2S2ZXKh5y2Q+&#10;MiWLaoJJ2hgPm2jd3U5NwV0YzjGMrRdzpPEEOn6r9qndokjg0mK2uoFYMpGZRHHxlRv8soeCFVeQ&#10;DtrzD9oTR9Qg+FmtWWsacdSuv+EfmjuIbi6xEWW3e1/duIixxtXKoG3Fm6sxA7XTNdsdUGpW8Zmn&#10;jl843NvGyvIxhmkVdrtjlgQu3JWNuB2Jx/HeiWfiSTXNQsIppodQ0e4W1muJi9uGdQsRQKzYXEQb&#10;ChQS5PO7NbRtcnmPy+8F/tt6Z8E/2y/GHgnXNWtIrK/8aS222CQiOQPK58tSw2xyDj5SAx5UAV90&#10;eH774e/G/wAJR+IfDuox6haFWMfkTDfDJkZG8/ck5HBKkg5x3H5yf8FL/wBirx7448WeLPihPoVx&#10;DLDrInFzY24byrV5rppXEYdd7mJABnBcpkHJ4+UvBX7WP7W/7I+sXVj4a8XX0OqW80CSDUA86n5X&#10;O5h/EQSNqOSE2t8mTx+J8WeG1LHY6piKDS9o23F/C23e6aWj7p9ddD+j+E/EyKyylQxafNSilGcb&#10;XSStaaum7bKS1tpZs/b63+F/i+G8Y6N4tumTEkZ+0acvmMpBG0uAC2Gz1POWOeRT9M+E/wBnimn8&#10;S69caiI2Zlj27YTnaMN03YAGFJxx0HJr8zfBn/Bfz9oTT7b7Lrnwf0PXPIgjElrHqjxNN8i5fAiI&#10;yxfJ45YE8jineKP+C1/7aXxhh/sT4F/A/SdCe6tpoppnabU5xItvK++E/ukDooLCNlkBIU7cEhvh&#10;YeGOYTqKMo2X96d15aJv8j7qt4kZdToucJ3/AMNNpu3m4rX5n31+2d+07o37NvwaeLwzd2kni7VF&#10;+zeHdOjkVpMlcPKRk/InKgYOZHjQ4LZGb8UvD/iHwF4dt/hN8cdZbTdD0HQXm1K6tpmluPEDNM5S&#10;JQuWbyjcSQyRqHYym3lQ7niEfmX/AASR/Ys+PHjj433H7Qf7V13Pqepahqltq2nQ6wqNcxJZTS3U&#10;KupwkMcgkDJFGoATJwnyivtn9qb4deHvFthJpniC0Jj3FreaFiktvJj/AFkbqQyOOzqQwzxXo8WU&#10;8RwblNLLaLt7Vc1RpWk0nZJX2V76PsvQ/OsLxZhc44iWMqRbjTvGOzcXK15RvpzWur9L6apHxton&#10;7VsGo3F1afGr+zdNh0+Hz7fxBo6rA2kRyNL9niRTJKt6SbcpKITIomTyvKlRXdeU8Y/s+eAI9ftd&#10;T1XVbeDwnqZudQNj4WtTK/iGS5hT7S0U80sn2cNGiudmGSB5o4S+92rN8X/su2HgLxStw2jahqWl&#10;CxS2NvpNv+9nbzfLYTDeCkZhfayQhQ6RmBBCmY5+x0I6h4P+0eIfG2sQ3ni7+zLc6Lp9uuy3tWUL&#10;tCSEgs0DfaSpQBlV1DHPzJxcJ5TW4ixn/CU3Gmv4kn8MfK2r5ra263Vnfma+yzziDJeHcP8AW8NV&#10;+NWUFvKXRRTvy2u+aWyT0953fi37cfxg8fa54e1Lwz4Z8QwxalHoMr+Jk0qErNa2qGMR29rtBKwj&#10;fcHJ2zMlwyE4y0n55+Pvh8hspI9LsLq4+y3lzp1wtvCrzF7fzQGKoWEaiKOMnk7ysrAkA7fsv9r3&#10;4z6lrPiBtU0zS4y2oWdwurM1rMWcSwxTsyoGKMHWMEbHD5BDhPlz8kTeH3n8BMsl6bqS/wBfmRbG&#10;1hkkCtmJC/yFz8ysrL8x27WUKwfI/bsPgMDk9GNDCqyVtesn3f8AVkfjlTMsbnFb2mJtqnaK0UV2&#10;S/Xd7mT8Av2hPjV+yx4qg+JnwW8dXeiaog3yqq+ZDd7SwKSxOGWVfvEZGVb5lKsoI+yvhp+1j+yx&#10;+1bpTab45i0v4Q+Nri6tTFJb2W/QriRHM4lgQKWjLSvJvhmcoP3Ij3OAU+GfFvhnUbXRLS61GzW3&#10;RoRIskMJ8t3c8HGF8sYLDaO8Z4xjGR/Z9ta2CwvbTJN5KNI7rwflY7lXGSMMuOfr94YzxuAjj6bn&#10;RqypVHopx5W9OjUlKMl5NadGnqXhcT9WqqlVpqdJJNxbav3s1Zxeu63trfY/c/4V/AjRNK1NLr4c&#10;a9o/ifXLxVnkuNOhis47GzUpFteJXMiyFGkBkkUGRn3FTsYNLb/DH/hBPAq+F9CvbbX9WnnlH9qX&#10;fiu3gtklms/s8kYswA11hj+7GcqyRj5m83zPyw/Yy/4KR/HD9kXxTYRz30niTwyI0il0m+uH8xLd&#10;RIixwuDlApkZgjhkB6KM5r9Cv2Rfjf8ABb47WXm+APi3qUxvNSbVE8L6bHCNRhke5ju2tpkmke5u&#10;tm1onmt4TG4eXdI2d4/IOIsZ4z5PWmqeK9rQSXLKnRg5Pfm5owjzxa0eis7vXQ+9yHK/DHMpSlUp&#10;RpztH3ak6j1d09eflaWnLs2nsraHxN+Cf7OPw68V6fr/AI1+Fnhe48Uanp8k19eXHhu81qGGAhc3&#10;UlpIJooQWRVVgI1BViuArV2nww+M2l6b8H9U8c6J4mufEFv4f3x6Hpdtq0GkWdtYpO1sZx5QdY4k&#10;eC6mXLkPFGnClyBy37Qk3g8t4Afxlr+oafqmlaD/AGbqFv5l/Z7ZHiiV3KW8O65+dcbRPEMA8uCR&#10;Xntonhn4b2HiPw3r3jLU/Ea+JreX7Vdaf4ddJkVnkcI0LGVQ37+RtzgKeMr/ABN8VhcdxJjsPGrj&#10;pVqlbmV1KMrWU2pWtHT3Unq+ySd2z73+z8qweXw+rQUHdXUUoqyk7q6V9Y95dfO593/s2/tgT+Kv&#10;ihH4M8ReLvBeqW93p00Nr/wjGpSRNp6Iw8/zX815HcPLp8aO5ikdnnZUVdoOp8IviZY+DPi3fW+i&#10;aRZ2+uXGrWthqFjJ4mn1TX5bWCe6WGW4iWxE0cU2+BnvJJpECFkdwkQlH516d+0lpfwMt9DPxYv/&#10;ABBP4mgmt7aCLWLz7HCscEqzQj7JFtiAzEHxIGKbT+8IG4uu/wDgtP4n0bXLhPhL8OY7jVNZvY5L&#10;hPD9okX9prgR+bJIwYiRVwo3QE4wSSpGPvMDhc9qVGqWHly7Xasrrqm+jXdX8kfHZjWyfC1K8VKC&#10;jUiouPtN3F3TcYXezvrHda2u2fq74tt9bfxlJe+Fb7TbXwzrSJqUfiDXPFVyLO2naYSC2TTll8ud&#10;XCF2w1qdsjfNITLv9S/4Wj4f/wCjm7H/AL92H/xmvyK+Gmvf8Fnf2qY7GLQdRsfhboP2iWFdY1bS&#10;4pdSjt15kj2Tpx5MbFVeOKIsVB5B3j13/h1f+21/0lj+OX/hRXP/AMcr7jB8M55Wpc05KHlr/kfn&#10;GbZ7kvNCjUqOfIrXUU+yu+bnd2klZWWl7XbPpOTSIb/x/feDb64hWO3uNJtY7hriRUiW2cTvKAvy&#10;FDDJIuOCTMAW+Ulep0bxe3hzw3pdzY31tMg1aH7bFbohmUPbC3LF1cRsFdRtLKDsQqW5LHC8GX9o&#10;8Fnrd1cwMtxqWlyNdLG5mvCsc0JTzCuRmR4Sc84Vs5YZOkPCF94Wi8H2FvZzLI0d4896YRiSJbea&#10;URHlcblZiPvbWYELgfJ+rX8z8t5dDg9U0O+8OXF4tpLdK0ek6VperT3U0mxrk3aq7AFt3yNJIikY&#10;LB1bPGTT8WTXfiHxNfaHrt5eRQR+F7u4jWx2Pa75bS3mWIl+I0EkUQjdX+8NrM6nD9d8VtN0LxJa&#10;39tLqLhtauIZbi5W1Q3cHkrDdlgyg8bmLfMFIBJWTktWZH4Gmg1mzs0v7i1hs0WzOrG92MITafZY&#10;2+cCNyHTeBgqrgDBUYWjCzPKvjJ4Em8XWOo3P/CLzT6lNcfZbVmkbzI4IpV1CODKL9/yoIk4ZlTy&#10;0PCsQvwn+2x+zjrHxPj8UfEDRit3qVxroka1jTESxPakhmfu++BmKlB1+Y5bC/p9qOg6jdra6xYa&#10;xHb6o9xFHJayWxb7PJbadMHUjJZg4VgchflcjBzk8r4v+E9nqOjaJ4O0TW7e3sV8QIVaO3iYRxbT&#10;5kZGCWeSOVwoBwhLkgjkTVpU8RTdOezN8LiJ4WsqkN0fl7+yv/wUY+Ov7MOoN8JNW1zwr4k0KFom&#10;k8L+L9QWS1trTasckMM+JI1zbzSRmORZBFnHlALIrfWvgv8A4LcfCzw5YeML/VP2aPF2l6m1rNDr&#10;f/CNeKlvrGwSRvK80KZhD5m/c5McOQxZgzKzZ8n/AGgv+CZ11rvgfX7610q3vNc0ySxa7t7HSWBi&#10;t/maYoyRL/yzaJidgUYc5+Qk+B/FP9lnxv4F1TVF0HTpr+xsIrcfaliZ1WRjlSx5+YiCQ4IyoLA4&#10;OcfkvEfh7lteo6qotpvVxbi91vytXfm0z9fyDjj6xh/q+JktkrO6ulay3u0mlZX9D9AfAn/BVr9k&#10;Dwh8MtF17S/2itb0Gzsr6Ro9HvPC+qXqSW6vJstEjh8mExRoJ42JUF28uR3ygVtjS/8Agrz+wI3i&#10;XUvFifFfXfDunwCORY4fh2rp+9WR90kyW0koLlZCuJU42qqjaTJ+R9/4B1jR/hHHd61o91a3rX18&#10;kn2yMxiLa8UjMRngmK6jYnAyFUA9Mnxat7Y2usabo4+yx6l4H0C7jt3CD5/Ihyo/iPMzber9OvUf&#10;A1PDfIKuJbqSqp8zXxRVvej/AHL3s3Zs+znn1StHnSg21fa+ru++rurK97JtKyZ+nnjj/gsL+wym&#10;nXiQ6z4m1LxRp9u7zeIpfBYVJ43f5f3JYowUEEKwTeVALJuLDzuP/gs9+zP4b8d2Ou2/w613xBax&#10;rdHUdPvfAem2a3CBDIHQx3jbXGxWB27SoIZSSHT4L8S2DaX4v1LSIUhuIbzw/bRJvj25jM1pJkbc&#10;lgCDgHtuPXNO8O6XYeLfGOjyMkMay3GgWskgt8KIbm0KzlVAAyTuB6jKsOlPD8AcPU4OblWd02/3&#10;jW6SsrRTWr0ta3Q9GGd4mMJwXLq2ttk3rbX3dNuWyXQ+8PFn/BVL9mf9ovXNG0HR/g1fxXGoTKFu&#10;ta0uDRVn3NJCu65t9VgUnAAL4+YxsQqj5V9Jsf2ff+CY37SLaP4u0yx8FaT4is9Q0+5vvL+MUbW8&#10;V4J412Lbx388QVzgMsQY4ZTvJ5r8tNK1fT7Dw8sdlZO403S76QeXCVZLgTXBiypxwIpQ27kgNnjv&#10;X0qWy8IJ4leytJJvMs2TT18za6TRz6ZK2WUDc2xckjGST65H0WC4by3BTcYTraaJe2l3tre/SzOT&#10;HZ5nGIwtOhTr8sOqs2r2vs5WfzufvR8GfEP7J3w2+Dtn4J8GeNfhvY6VYxpabrHx1bKwURzL+9KD&#10;Jkxdv1PLtG3J+9xvxE+Pv7Iegf8ABQTw/wCPfFDyW8mufDA6UviiDx5ZJpeXvxGIJIxYvskZrdcz&#10;yTBAr42kdfxfSSbS73xFbW9tqCwLYmeRYrpk2j7ZEybcH+K0t92cZxnsa5rx18UNctfiPoMmpX9z&#10;dWdj4Zt5vsiyCOJ7lN0bupQ4YB1JLjOSpGeM19tlePlTi4Qc5WWnNNvZJrSy0+aPzjMeG6P1jnqT&#10;XvNJ2hrq3d7vtf5n9FPh39o79ijxMtz4o8FftEWt1dXEZmt/M1i1vY5SBuCKYZFJUFg5+QKqYBUf&#10;MG73wH4C8B+P/B0N14B+Oeh64tgrr5elRpNJHEYxhmlM8ezdtfKnKs7RLldhev5jLDXT4U8S3I8O&#10;iaCOO6/d2sc5URLLEqrnqH+66k4zjn1WvVvAHji7s7VdVs/iLrOjzaLqAm/tTT9QcPbsRErOkisM&#10;EBnxtI5BCkZzSx2eY7DxU6fMlp2lv5ct9PUvC8E4GvG0pLR9mr27vm2fyfmf0Xab8FPFdxqmnw+F&#10;/Et1NIkk4uLfWdGmsopiY92BKpkSXO4HdypKrzlcHFv/AIO+O7Cyht9I8OR6h9gtbiC+h024jZ4y&#10;27DywsAx3SDerIh+XaQxXBH4w/s4/wDBcT9tj4GalNo/hn4wjxhYQyTNDD4yha6lnU9JZblDHcTu&#10;igfNNJgfMcD5cfaXw2/4Ly/srfEqe1tv2iPgLd+GbhbNbSbULHzdUsBZxqSrTiJAyoJDgI1rc5zt&#10;YjcGOUeIs2pSUZWb81b8rHNW4Hw7k5RT5bfZd3e+ukmlbbq7b6n0t4k8M3kWmaraz+B5ZrWxaea+&#10;mv7GQRllnTy18zdgFt+4q5G4bxgcqJre8063tYbu8v1DW15NDdzRTCOJfMa5IToQS5ZQMPwSDg8A&#10;el+AP2qvAf7T1rp+vfs7fG7wrfTab9lW6tbyaO4umtncNcRvgMbYyKkLDfFvPl9EDVup4Y0fxN4f&#10;13xr8WPB+k6LcW+oMulajpKnyWtXVAHkQTy7lEm/fIVhcqrfu4zkn0aPFn/P2l84v9H/AJnzmI4V&#10;nTjfns3Zcr+K7aXZX3v7qdtb7HmfhHW9F1pbTT9NtVtIbqSC92lUaOSWcPKI1I5YptDZIAIlJGDk&#10;1z8via+0t5rLxDaR3F1fNcTSQwImIT5QURpuXLsr4K9wOSMAqfWLb4QfBLxDHp8vwt8RTaTJNdeR&#10;YWN9FMIZpoVcNGJ5Fk3MACGKuwDIBjcCKd/wyT4n1WS61O51S0kvLK5Jh2rujabAYlZSw5HK5ESl&#10;TnBBGa9qjn2W1Fdyt6r/ACuePiMjzDCu00vm+Xrb7Vnumtt0zjZrvQbnXNUli8XQwyTXlwI7Cxkb&#10;cWVVeSTaxZWzv5ztwNp561HqdnJp8kmnSxs1xNap5VyzEkFXCFeNy7s7CGIJIOVBGSOgf9mz4jm8&#10;u4rm1j02a4k3aXHJPIzzzrCozmJShHlx4KOSR5KMCMMKwdX+EnxTk0+60rUPC1xbalb25UyKhjW6&#10;XcfKcNIqCQhQAF3NkggEn5j3QzHAS2qr5u35nJLLsctfZt+mv5XMnw34Z0m8g1uzv7i7ns7pJJiI&#10;bdlM0gd2jUEjyxsVVOQhViHDbmOa8n8Y/wDBO39mnxrOr+NvCFjqKjVJpJPOt90krr832iXKnnbv&#10;C/MABIx44U/QF1o+o6FPcWCaH5bx2rrJamGRzDuhO4YHJUu7lWIUDpkAADF8O3K3k8lxfaXDNdWV&#10;5gTCNdzyMqpIoABwSofJKgZJXJHNdHtKdWN00195hy16EtU4v5o+bNL/AOCSX7I3gzULHXdc+Bmk&#10;zbbV7e8sfKkLq7iQ7lI+V9qAJjZkeUSNmcD2XRP2cP2f/hLDfT/C/wCHVlHJZ3mzzdPt442kWR4B&#10;IBI68IBEDtTAwpGQRg9p4r1mTVtIt7fVNQX+0rOK3KLbXO6R9pSP5goY4dgM9PlOPmFcn9t1y7h/&#10;4RWxu49s9qk/2yKMguxl8xH+fK8K78KDgHOCRinGnCLuopfIKmJxFSPLOba822dV8ENX8Kr4ntX1&#10;i+S1m/s+5ezeeZJAIohJG0rPkspZAuBnGJMH5iKsftB2CNbS+b8rQrlmbC44zkHjnnrnjGe1fMH7&#10;QXxZh0u/k8WRXTSXlvayvHfb1aLy7e9t5uUjfG0mWQgsAfmBDA5J9H+E37R/hL9oHwzH4FvdKur6&#10;V1kn0mHU4RDJeaYI9yLKY3O6aJsq6/8ALSNMkNlxX5N4jcK4rPc1w0qD1klB36Lm+LzSvrbyXU+q&#10;4fxywWDqVGtIu/4HzH8Yr/43+MRcD4P/AA81U2cN1ZHSdbhj3C8Yyxu06htgARTHsQFmYuMqCpWv&#10;E4/2f/2jNMi0/wD4TXwZrkP/ABLbnT/tUOrIyW0VwI5ZVx8pRVlt3Jwzbi6g7QeP1OfwjZ3etzXN&#10;xbf8fDLM6t8ywxwywsWVc/NISA5xk4wAThd2LqvhbTNTs10G40i3kt7WHda7kkjw8kuAWAyTiTBx&#10;kgBcnftJP6FkvD2W5BlkMDg48sFv3k+spPq31+SVkkjx8TnWKxWJdepZt/guiXkj8jPHv7NPxc8R&#10;XkNhovgvXGuLfbcvHMzIy+U21CiRhdxEcnmFwcqQ5wp5Po/wj/4J3aj4r0e3m8Qaktxb315Nbabe&#10;eWzmVVHmM0u4l8tHhV3MV/d4JVQCn6PH4a6fcmxMuiQ/bZNP5mhdF3jy5N27CbmO7OFyPlTJY7GQ&#10;z+EvhtB/YC2eheTBJaaq8sSW6rhYUWaIIuE2odhIBPykdgSTXoQwOFg02r27mc83xkotJ2v2PzQ+&#10;L3/BMHQNU+FekwaPo32q8jW/i/tCytW2y7fsbpiN0zmWMTKjK2QGVxuP7s/P3xR/4JSeMfCtreXm&#10;hXt1qM0crCF5IXitWtrdWWVjMRhGLo4VW6CIsMqrEftzL4Is7qxhttD0y3VbFbVYpt6pG0iSQu6H&#10;CsBuMSIqNhcMEwvWuZvfhRFrc32LUIrYwamt9CNzPtVsALtAfqPN+bHDB5OM7nFVMLhamjjb00Jo&#10;5tjqD0lfyep+Dviz9hb4qWNzZi18L3UjXJNtgp80k3koC+3khWkfduBOVJxtKgFvw+/YW/aiudWt&#10;4fDvhbULHVtNula0uI/NViQ+Q6soxHgAsM9R1xkZ/eBvgr4ZutU0zWrPS5NoeOSSOa+ZllijiIVj&#10;Hgru7HYMZVjjANaGl/ALS7HXPKs7W1sJJbOXdZ6XYpF5dx5SuN3UgKYsDcCBtQAfLzzrLaEftv8A&#10;D/I7/wDWLFO/ux19f8/I/M/9nTwj/wAFk/CXgKHwj4f+OFvLpy3Foklv4mX7f5THywiBpVLxhH8l&#10;jggEksd21jX0pc/CP9uP4xWN5ov7QPxN8OWyXkEzXo8L6NLGjiWaGV5dssxYsYztG1QmxmHzFTt+&#10;wfDvg/S/DelatHaaNDu+wTS/LID/ABuFwxRVyScYLc4bOcbjp2HhHQtP0CO/jlSyljjQzTTNGyQe&#10;VEYiH+UZAXkgkjEakdcV3U6caezf3nk1cZKpK/Kl6I/Nv49/8Evfhn8Mfhnpfjvx5481bWrPw/48&#10;0Rb6a6vQLeawvbqO2umwo3bYYrhQrBuSWLcY2/cX7Pn7Gf7M3wNtY4fhp8MNH01be5kMdxDZs80i&#10;sV8lDK4JOHMjfMWXKDbxxUn7WvhO6+In7M/xO8IaTFdwu3gq8hsYot5bzo4WZAMgEnzIgBgZIU/e&#10;zk9F8FvES+Lfhh4d+J8Y+0Ral4fsb5Y/N3JETbRF5T5fIGS2G5IJJweAa9nBrmtqRKtVlBLmZ0Vr&#10;NaXWnyWyXawNbzfZWxHuWETxIZGIBG5mCMow2ec5PFeff8Lc+If/AEMMn/fC/wDx6u/164sxHqX2&#10;aNYbVZoLgLcR5kV0uQWcq5IB24POMg4xwtO/4Rv4e/8APtef9+2/+Kqjnl5Gdb6XHZ38kds6tJcr&#10;cXMkisqiSSFmaORlfaeHUgEg4yQGORjpvEPiFtK0jQ7+WFZpNt8qRzMDtEl6VZcjcNpihA45HHTD&#10;GsPw4iS6raySIGYeC9NkDMMkO14dzfU5OT1Oa1/EscbaZYlo1OHkAyvQfbGP8yT9Sa5bv2lvQ75R&#10;/d39f0PILxra41TVrO41mC3mF/Jdy2c8glSCNbEWk6qQqtt8sxqQct8xHZQLPh3UB4v8Ewadq9nb&#10;w2N3HBBdyWV8FCok0UyHbtONqMM52nCEYPzbMPSFW98Yapb3q+dGLnUYRHL8yiM29llMH+E9x0Ne&#10;geB7S1ePRd9tGfOvdHE2UH7wCFyAfXB9a6kziKPhvS9B0O+0nWbqS2uoW8T6ldbGkljjgaC3vZlj&#10;2YB5Dq4UF92fQAKvhGC4jSAapbQ3kmpSpqjtuldoRH9njLeaH2nhSwUlSGKnB+ZQus39/L8KNMvp&#10;b2ZphHLiZpCWH7uBevXpx9OK3FsbK38baH9ns4o/L0668vZGBt+Zhx6cIn/fC+goJOP8G6Taa3Zf&#10;8I4I47e88Qx2tzCt1J50cs0LWY8tiWcKWihgUxYAYSLz2PLQfA3wrp0qTXnl3DXl5bxmRoVQeXC9&#10;zdLCS4DEMjtGAON0m4E7GU9TFa2trrGkfZbaOP8A4qCeH92gX92PLITj+EEA46ZArrvFFlZw+G9P&#10;u4rSNZvtwXzVjAbA0yYAZ+hI+hNEuxfM47Hx74t/YV8G/EnWPiJq2nrA139unto7X+EmQwpMxySB&#10;IFEOPlBKIuN+8hPKdR/4JwaP4g1abU4baP8A0nwjatBHIs22JIruCBLciMAKwa3+Xn+F1ZOhr748&#10;L2VlJB8Q9Nks4mt21VCbdoxsJNldMTt6ct831561peHrGymutPaWziYi3tIQWjBxGIJGCf7oPOOm&#10;a5a2Fwta7nTTvrqjtw+Y42jaMJtW8z85bD/gkRPqOoeHtYi8X3kUk+h2aXFvaSB2SQ+bHKOFbdHl&#10;IcHIDb2GeF3cr4V/4JcePLvRbaKx8UxpHpuipqcskdqs0W3T7oRxl5SwVGIuJDtx0UkMdrBf07+H&#10;um6db6No6QWEKL/Z6ttWIDkXYwenUVFpEMSwxzrEu9V1YK+3kD+04OM1wyyHKZ6eyXybX6now4lz&#10;imn+9b9beR+VOrf8Eqvil4YS+8O3t5Yxw2rS2lxL9mVREsthkvkFiU824hjOM/MM8ZFZOvf8E6/j&#10;vpvjq+urzwVatb2N1Yp9lt2YxtJqFnJbsR5oVwA8MbAY3EA9PlNfrd8Xv3y3gm+bGoBRu5wv2m0O&#10;Ppnn61z3xrtraw07Wr2xt44Zv+Exj/fQqFbnW4h1HPSsZcN5VK7UWtGvifX1udFPi7OIyjdp2fbz&#10;PyR8V/shfHzQL6z8RXnga8eRrNBeWfObhbWGWxuN6s29mRI53OMAeeS3UZ+fvHHwC8XH9ovT/hto&#10;Pg6/uNWsvDMjTaXFb7mLQ3syttV8LsdVz0wPMOQSDn91PFscdrqthbWsaxxyab4pMkca7VYi1mwS&#10;B1xXyH4h0nSo/wDgsH4LaPTLdTefCS/kuysK/v3Go3uGfj5iNiYJyRtX0FY0eHcLhZ81OUtVy9Nv&#10;u6X0OmXFWOxkbVIr3XzLfdHwD4w/Zl+K/h5Bq03wx1i6hjaayuLt9NPDo5k807FIUllZRnIIzgej&#10;Zfh7ZR28beIdLvNPimj3CNLUL5LjHRQS7913ZHJ9EOf2qs9F0bVL68sdT0m1uIZtI0qWaG4t1dXk&#10;+1TDeQRgtgAZPOBXKjwL4JuPD+jyXHg7SpGHiezgDPp8RIiMVvmP7v3TubK9DuPqamvwvGpT92s1&#10;byX/AADqwfGmKjPllSTv5tfoz8VV8Jy+G/ElwIDLtZV85ZoCNyyKcIOnysFLewcDqpFalx4evtW0&#10;BbC51Eym/wByWMcYLPC5eJgCO5IDHjk45OMgfoD4z+HXw+utU8QR3PgTRpFt9Ik+zrJpcTCLCoRt&#10;yvGDyMdDXzh4/wBG0fTpY5dP0m2gZL6ZkaG3VSpzIMjA4OOK+ZzTC1MHafPdrytt8z7LLc4qYhNc&#10;tl69/keI+FNf8d6njV/CHiCbR9S0Ywzx3thN5FxbtuASdZd26NldgSVOcdwCa+mP2bv+C6/7fPwL&#10;htdN8X69a+PrazytvH4uhLahapFIwf8A0yLZNI5DNHuujOoBA2EZB+aPD1vbxeJdaSOBFVpsMqqB&#10;kDzwP0AH0Fcg9xcW/im+EEzp/pCH5WI6kk/mea5qcYc1Sm0rKzXzSud0q0q9CDmk76O+uh+2f7NH&#10;/Bx5+zP458SWd/8AtA/ArXvCutxzySxaxZW8V/axfujCJ5ZYPLldzF8vy2zFV+UcCvpXwb/wUS/4&#10;J3fGe/h8Sj9rnwzpOpLA0G3Uo9M04TNL87NH/bFotyoJmdgudgLAcg5P89Pgsn+045P4hbqQ3cHn&#10;muh1xVvvCFmL1RNlNPB80buC0gI59lUfRR6V50sRy4hU0tGaUcnwlaPtY3jJKytqrLok7pLXof02&#10;+Hfi98Ivi/pGm+Gfg38XNN/s2zsVitrjQ7hLhXUMgDRS2cuI2VFZBtbaFlK7MYA6fwrqv/CJ6hqN&#10;3Z6xdXN0+meVb2Oo3l85mljZyjgyuIUDbuSqbiNu5yFCL/KP4rt4G0qSBoEMcd9fNGhUYVhZkggd&#10;jlVP4D0qt8O/GXi/QdYhOh+KtSs8wxk/Zb6SPOFfH3SOld0XGVH2jRzS4ej9XlTVV8r3ulrd3d3o&#10;9X/wLH9YsNvdpaT+E7r4geG76FYseH7LVvDPmfYmjwIvMzcAzhAqH/lm7MGbeoICL4l0Hw34q8Tt&#10;DH4d8O6rHaWXleUdUksZvtG3cSpjRvMjcOitlsJsbh8kV/LPoP7Uf7TNnfXi2n7RXjqIQ3BWER+L&#10;r1dihFIAxLwAa6Hw9+3D+2pa+OvDOmW37X/xRjtptZt0mt4/iBqSxupkXIKibBBqYy/ecsdPn5XO&#10;Krw/OMed1b76cqin0u+Rxey79Xe+p/Spc/s8eBPFHhy61XXPh3ceHdTW4W1sZbHUYJopEkkUoyeR&#10;gGNWZclkSQiLnoGPEa1+zh4J0CBrTTfirc2Wt31xJaaTHrGmtbK02F4jhcK84+TcWDsPvHPHHYfC&#10;PWNXn8C+DL6fVLh57rS4JbqZpmLTOYVyzHOWJyeTzzXsF8zSX7LId22ONl3djubn613U8dmFOnen&#10;WkvV3/PQ+Mx1HC0MRy1KaldvZW8t3zPpfe/mj8wf2m/2AvjH4g8FaxpPw38aWH9sRalOZGvkkS1k&#10;aWBMiJ1BZVBCfJ5ZXcrcnaK+cf2XvhT+1F+zH8dfsPif4VX2t+G77UIbhG8Pafd3NxbXKRsJJER4&#10;QJhJCrZjjEjKVztY5I+2/wDgoNo+k6brvgPxFp2l29vqF5488q7voYFWaeOPWQEV3A3MFE0wAJIA&#10;lkx95s/Sf7L0sms/CnwXrWryNdXj6ndl7u5PmSsf9NXlmyfujb16cV8/iOIM6xWMhRlUWjTT5bNW&#10;9Gu9ne91dO59fiMiyzJ8lp43k5lVUk4pyW0bvVuad2ukVboeQ6p8MvFkF02maRoUisln9mvI7FWM&#10;cK+WyZcR9FQBPvAABAOcHGPa3kQt995D8rQv5gFuZFdY0Ry20kBAd/C9tu0YB+X7qbTNNvW+33mn&#10;wTTqoxNJCGcYyRyRngs35n1ryT4gWVk3inS7ZrOLy7zC3cfljbOMHhx/F0HXPSv0LD8RVJPlnTT9&#10;Hb/M/PaeR0cTHmhNx066/wCR4TFd2+uJaa/BdQxiKNVnZolX7OqqzyhR/EvzEZIyApIwCVMEWnW6&#10;6NLqmqXNxb2scKjcl0ZNoj81HC/wmPhmBO4bTtK4Fe7a54J8GadqN5c6f4R0u3khtZZIZIdPjVkc&#10;dGBC8Hk89ea8BtZ57fX9St7eZo41gj2xoxCjEeRx9Xc/V29TX0GGxH1iN7WPHxWF+rStzX+VixqL&#10;my0yH7TPNcRwidmbaVC3BUjGUO853AAgYARW4HXE0eAWNzb3Ngn2eO71Bmkt7iTbJudcuzDgZDOi&#10;Abh8xYYPGN/RZZbixure4kaSNb6ELG7ZUZkOePfv61zvge9vDYLaG7k8r7RCfL8w7ciE4OPwH5V1&#10;HGa2nWU8K/aow1uq3iwxrfQuJjlCSgQlVOMbyMFdrNhnXDVoQw2+nS2N67ybXmgdJI8RvKzHhGVA&#10;AHLE8BgP3jZBHSrbu8PiXR1iYqGt4mYLxk725+vzN/30fWtWC3gD6TAIE2SQhpE2jDHcxyR3OQD9&#10;QKXUCC6svDP2j7ZZwLI0O4wT42mKJlWMZP3sfLGMdmKf3jiTTpZoPDyw32iwOtrG8dxtL7Swck/x&#10;E8cHAKnDYP3QTFeExePr63i+WOO3dI414VVDLhQOwGBx7UmnSSS6TrkErs0cV9J5aMchPk7Dt95v&#10;zPrTsAeKZdIt/EF14WfRJHS4s591mse8zKrTMH5/u9OoORgcgZ8U/YKuV0j9k7w34MuMST+HV1Lw&#10;zeRyTKP31pNLC2R8xZv3SgdCBtPQivb9Wiij1u2VIlUQyqsQVfuK0sO4D0Byc+ua8N+AIFvp/iJI&#10;BsH/AAtrXjheP+Xyb/E/nTXwlfZZ7FqTWmoXdtc61fxfZr7TZkTy8blUKhB5BLMdrHvkp7tk/wCF&#10;0+Hf+eF5/wCC1f8A5GpmhKqeHrMIuPLsx5eP4f8AR5jx6c8/WtH7Lbf8+8f/AHwKRJ//2VBLAQIt&#10;ABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAMgK2uHYAwAA2QgAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAAAAAAAAAAAAAAAAQAYAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAzxlHI+AAAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAxBwAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhACZTKIBb7wAAW+8AABUAAAAA&#10;AAAAAAAAAAAAPggAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLBQYAAAAABgAGAH0BAADM9wAAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 13" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;width:57315;height:38227;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjEVnryQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hBF+GS23HpnXZKIIg+LQ5B3s7m2tTbS6lydr67RdB8PF+/2+9nWwrBup941jB/TwBQVw6&#10;3XCt4PD+cvcAwgdkja1jUvBDHrab66s15tqNvKNhH2oRQ9jnqMCE0OVS+tKQRT93HXHkKtdbDPHs&#10;a6l7HGO4bWWaJEtpseHYYLCjZ0Pl9/5sFZw+irM5Vm+Z/xyLr6Gc1bNdNSp1ezMVTyACTeFf/Od+&#10;1XH+YpU+ZqssSeH3pwiA3FwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoxFZ68kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                  <v:imagedata r:id="rId37" o:title=""/>
+                </v:shape>
+                <v:shape id="Text Box 14" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;top:38227;width:57315;height:3790;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAb1EsVyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvBd9hOUJvRDe2MWlTV1Gh4q0/D3DMHpPQ7NmQXU18+25B8HKYmW+Yxao3tbhT6yrLCmbTCARx&#10;bnXFhYLz6WfyCcJ5ZI21ZVLwIAer5XCwwEzbjg90P/pCBAi7DBWU3jeZlC4vyaCb2oY4eFfbGvRB&#10;toXULXYBbmr5HkWJNFhxWCixoW1J+e/xZhRc9914/tVddv6cHuJkg1V6sQ+l3kb9+huEp96/ws/2&#10;XiuIo49ZOk/jBP4vhTsgl38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAG9RLFckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="472FA5F4" w14:textId="0BDB960D" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="005275D2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="tight" anchorx="margin"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464F1EB3" w14:textId="2446A506" w:rsidR="00BC2ECD" w:rsidRPr="00BD654F" w:rsidRDefault="0039182E" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Snacks and the Promotion of Healthy Eating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30263B76" w14:textId="78ED01CD" w:rsidR="0039182E" w:rsidRPr="00BD654F" w:rsidRDefault="0039182E" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AB3197" w14:textId="122F22CF" w:rsidR="00EB2916" w:rsidRPr="00BD654F" w:rsidRDefault="00EB2916" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rockfield Nursery operates a healthy eating policy which encourages the eating of healthy foods. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE0340A" w14:textId="77777777" w:rsidR="00EB2916" w:rsidRPr="00BD654F" w:rsidRDefault="00EB2916" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B68221" w14:textId="29CD94A4" w:rsidR="00EB2916" w:rsidRPr="00BD654F" w:rsidRDefault="003D1919" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The dinning experience in Rockfield is a calm, child led experience.  We provide a social experience in our Hard Rock </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4703B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Café where the child </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B4703B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serve</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B4703B" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their own food, clear away dishes and taste new foods. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BE1D4C" w14:textId="77777777" w:rsidR="00B4703B" w:rsidRPr="00BD654F" w:rsidRDefault="00B4703B" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C3FCF3" w14:textId="4AD4EE79" w:rsidR="0039182E" w:rsidRPr="00BD654F" w:rsidRDefault="00A469BB" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our Nursery provides a lunch and snack service which offers a variety of meals and snacks.  Medical </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2916" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and religious dietary requirements are catered for upon request. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A copy of the menu is available and is also displayed in the corridor.  All children attending a morning session will receive a morning snack and lunch.  All</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2916" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> children attending for an afternoon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> session will receive a high tea and snack. </w:t>
+      </w:r>
+      <w:r w:rsidR="0039182E" w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>During the morning and afternoon sessions the children are offered a choice of milk or water, fruit and a variety of savoury snacks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5A0E43" w14:textId="77777777" w:rsidR="00FD4A28" w:rsidRPr="00BD654F" w:rsidRDefault="00FD4A28" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C509C6" w14:textId="2951B2EE" w:rsidR="00FD4A28" w:rsidRPr="003D1919" w:rsidRDefault="00FD4A28" w:rsidP="00BD654F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD654F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The nursery and catering staff work collaboratively </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1919">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to ensure all food safety </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0245" w:rsidRPr="00BD654F">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="004B61CA" w:rsidRDefault="004B61CA" w:rsidP="0070004F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0245" w:rsidRPr="003D1919">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hygiene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1919">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulations are adhered to, ensur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1919">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the voices of the children stay front of centre of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1919">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">changes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD654F">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1919">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>improvements we make.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAA9719" w14:textId="77777777" w:rsidR="00FD4A28" w:rsidRPr="00FD4A28" w:rsidRDefault="00FD4A28" w:rsidP="00FD4A28">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546B31CE" w14:textId="77777777" w:rsidR="009A3DB0" w:rsidRDefault="009A3DB0" w:rsidP="00FD4A28">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0716404D" w14:textId="77777777" w:rsidR="003045D3" w:rsidRDefault="003045D3" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380FFCDB" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="0070004F">
+    <w:p w14:paraId="18EA4781" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B61CA" w:rsidRDefault="004B61CA" w:rsidP="0070004F">
+    <w:p w14:paraId="741CA5E2" w14:textId="77777777" w:rsidR="00BD654F" w:rsidRDefault="00BD654F" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0039182E" w:rsidRPr="0057786A" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="002C3EE7">
+    <w:p w14:paraId="7BAD7F05" w14:textId="254C1DB6" w:rsidR="00EF05E5" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Snacks and the Promotion of Healthy Eating</w:t>
-[...50 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="00EF05E5" w:rsidRPr="00EF05E5" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
+        <w:t>Links with Primary Schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D32EB7F" w14:textId="77777777" w:rsidR="00BC2ECD" w:rsidRPr="00EF05E5" w:rsidRDefault="00BC2ECD" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF05E5">
-[...106 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+    </w:p>
+    <w:p w14:paraId="49EED3BC" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Liaison between the nursery school and primary schools is on-going and constantly developing. Links are maintained by various means. These include regular meetings, exchange visits by staff and support and co-ordination of programmes for the ease of transition of your child from nursery to primary school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3DA2F2" w14:textId="5DD7DFBC" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="00553452" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52DFC9C8" wp14:editId="6E4CF012">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E4D1BEB" wp14:editId="1CA025FC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3105150</wp:posOffset>
+              <wp:posOffset>3155391</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-6350</wp:posOffset>
+              <wp:posOffset>14507</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2819400" cy="1409700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="53" name="Picture 53" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\text194_2[1].gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 40" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\text194_2[1].gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId38">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2819400" cy="1409700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0039182E" w:rsidRPr="00A93471">
-[...7 lines deleted...]
-    <w:p w:rsidR="0039182E" w:rsidRPr="00A93471" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:r w:rsidR="0039182E" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Local Primary Schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A0FAF9" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="0039182E" w:rsidRPr="00A93471" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Balornock Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC9133A" w14:textId="3E22C955" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00012675" w:rsidRDefault="00012675" w:rsidP="0070004F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>St Martha’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF359B5" w14:textId="408C34F1" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Barmulloch Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C55317" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>St Catherine’s Primary School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E116722" w14:textId="3ED60C58" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="00B479E8" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wallacewell Primary School </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAE4BA9" w14:textId="77777777" w:rsidR="00012675" w:rsidRPr="005275D2" w:rsidRDefault="00012675" w:rsidP="0070004F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00012675" w:rsidRDefault="00012675" w:rsidP="0070004F">
+    <w:p w14:paraId="659950BC" w14:textId="77777777" w:rsidR="00012675" w:rsidRDefault="00012675" w:rsidP="0070004F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRDefault="008E71AC" w:rsidP="0070004F">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00217B37">
+    <w:p w14:paraId="3605061C" w14:textId="05815B94" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>The Establishment and The Community</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039182E" w:rsidRPr="00A93471" w:rsidRDefault="0039182E" w:rsidP="0039182E">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="4EA2FA95" w14:textId="77777777" w:rsidR="00BC2ECD" w:rsidRPr="005275D2" w:rsidRDefault="00BC2ECD" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C83E5B" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>At Rockfield we work in partnership with other educational establishments, Health, Social Work, Psychological Services, Speech &amp; Language etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039182E" w:rsidRPr="00A93471" w:rsidRDefault="0039182E" w:rsidP="0039182E">
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="120D0F44" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>We also work in partnership with Fare Share &amp; TESCO to tackle food waste and provide sanitary products for our service users.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039182E" w:rsidRPr="00A93471" w:rsidRDefault="0039182E" w:rsidP="0039182E">
-[...48 lines deleted...]
-    <w:p w:rsidR="00EF05E5" w:rsidRDefault="00EF05E5" w:rsidP="0039182E">
+    <w:p w14:paraId="1A0F4DE4" w14:textId="2968529C" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organisations such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B479E8" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B479E8" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Toon Speak”, “Peek” a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nd the ‘Scottish Book Trust’ also support play and learning through physical activity, sensory experiences, literacy and family engagement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1706401A" w14:textId="77777777" w:rsidR="00EB2916" w:rsidRPr="005275D2" w:rsidRDefault="00EB2916" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E89065B" w14:textId="7C28F3AE" w:rsidR="008E71AC" w:rsidRDefault="008E71AC" w:rsidP="00855B18">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573E196D" w14:textId="5D73FA59" w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r w:rsidRPr="00AB6314">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="0039182E">
+        <w:t>Visit to the Establishment by Medical Staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45580877" w14:textId="77777777" w:rsidR="00BC2ECD" w:rsidRDefault="00BC2ECD" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="0039182E">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+    <w:p w14:paraId="04624231" w14:textId="58B03EBD" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="005A689F" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BE0A7C1" wp14:editId="34907453">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="661DBC3E" wp14:editId="23799405">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5522595</wp:posOffset>
+              <wp:posOffset>5322300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-562609</wp:posOffset>
+              <wp:posOffset>434336</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="662936" cy="917658"/>
-            <wp:effectExtent l="171450" t="114300" r="175895" b="111125"/>
+            <wp:extent cx="814222" cy="916785"/>
+            <wp:effectExtent l="171450" t="133350" r="100330" b="150495"/>
             <wp:wrapNone/>
             <wp:docPr id="27" name="Picture 27" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\cartoon-dentist-006[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\OL2VTZ21\cartoon-dentist-006[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26" cstate="print">
+                    <a:blip r:embed="rId39" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="1583162">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="662936" cy="917658"/>
+                      <a:ext cx="819686" cy="922937"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0039182E" w:rsidRPr="00AB6314">
+      <w:r w:rsidR="0039182E" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The nursery has regular visits from NHS staff i.e. Vision Screening and Oral Health Management.  Staff will inform parents when these visits take place.   Health visitors for individual children may also visit to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2916" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>always see children in consultation with parents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4892123D" w14:textId="7A2AC5D6" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3E0111" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Visit to the Establishment by Medical Staff</w:t>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538E80CA" w14:textId="0BC2B7B1" w:rsidR="00EF05E5" w:rsidRPr="005275D2" w:rsidRDefault="00EB2916" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support for pupils </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB8C128" w14:textId="005C9091" w:rsidR="00EB2916" w:rsidRPr="005275D2" w:rsidRDefault="00EB2916" w:rsidP="00EB2916">
+      <w:pPr>
+        <w:pStyle w:val="prefade"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Nursery has a statutory duty to ensure that all children have equal access to the curriculum, supported as appropriate to their individual needs. This covers not only play, learning, and resources, but also the environment, interactions and experiences. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E904AA" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are a wide range of factors which may act as a barrier to learning. We are fully committed to working closely with parents </w:t>
+      </w:r>
+      <w:r w:rsidR="00E904AA" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Poppins"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">and carers to ensure that they are fully involved in any decisions about support for their children’s needs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D07C90C" w14:textId="77777777" w:rsidR="00EB2916" w:rsidRDefault="00EB2916" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CEFB122" w14:textId="6A1905FE" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If your child has diagnosed additional support needs or is in the process of being assessed other professionals involved in their care may visit to assist in their care or assessment and to have professional dialogue with the staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AC5DF1" w14:textId="77777777" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="063B0B4E" w14:textId="12EB51A4" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Further information relating to additional support needs is available o the Glasgow City Council website at</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6158" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hhttps://www.glasgow.gov.uk/asl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19081831" w14:textId="77777777" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FA421E" w14:textId="5CC08639" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="681EACF7" wp14:editId="7BDE633B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251736064" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75A3EBEB" wp14:editId="062434B9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-433070</wp:posOffset>
+              <wp:posOffset>4381500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>104140</wp:posOffset>
+              <wp:posOffset>184785</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="628650" cy="835361"/>
-[...2 lines deleted...]
-            <wp:docPr id="58" name="Picture 58" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\eye-vision-test-chart-seen-eye-glasses-white-background-isolated-32826130[1].jpg"/>
+            <wp:extent cx="1706880" cy="1384935"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="5715"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21392"/>
+                <wp:lineTo x="21455" y="21392"/>
+                <wp:lineTo x="21455" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1892605349" name="Picture 19" descr="Image result for nurturing "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 43" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\eye-vision-test-chart-seen-eye-glasses-white-background-isolated-32826130[1].jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Image result for nurturing "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27" cstate="print">
+                    <a:blip r:embed="rId40">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
-                    <a:xfrm rot="20461459">
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="628650" cy="835361"/>
+                      <a:ext cx="1706880" cy="1384935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRPr="00CE5883" w:rsidRDefault="008E71AC" w:rsidP="0039182E">
-[...23 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="2A6E07EA" w14:textId="56E2FAE8" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:t xml:space="preserve">Nurturing City </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40851B14" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF05E5" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
+    <w:p w14:paraId="3AE16F4E" w14:textId="6AE97E9A" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Glasgow City Council vision “towards the nurturing city”, puts building positive trusting relationships at the core of our work. We ensure children, young people and families feel they belong, they are listened to and hey are valued by embedding the principles of nurture across our nursery.  Staff are trained in attachment and nurture which deepens our understanding of child development and enhances effective practice responding to the needs of all children in a consistent and caring way.  Nurture is a universal approach which builds resilience, helping to reduce and impact of adversity. Effective communication and collaboration with parents and carers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>builds</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an ethos of partnership working putting child at the centre, fostering high quality learning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E9E6E3" w14:textId="77777777" w:rsidR="00E904AA" w:rsidRPr="005275D2" w:rsidRDefault="00E904AA" w:rsidP="005275D2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CDD44B3" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA188F4" w14:textId="18E43BE2" w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00217B37">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Promoting Positive Behaviour</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DA0B85" w14:textId="77777777" w:rsidR="00BC2ECD" w:rsidRDefault="00BC2ECD" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030FD149" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We strive to create a safe, welcoming, nurturing and stimulating learning environment which promotes a real sense of security, impacting positively on the children’s learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DC8C6E" w14:textId="77777777" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We are committed to inclusion for all our children, planning effectively to ensure flexibility and differentiation in the curriculum to meet each child’s individual needs. We use early intervention and multi-agency co-ordinated approaches to meet individual needs for each child and family where appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78040032" w14:textId="599F9E32" w:rsidR="0039182E" w:rsidRPr="005275D2" w:rsidRDefault="0039182E" w:rsidP="0039182E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nurture principles are embedded in our daily routines and the children also participate in </w:t>
+      </w:r>
+      <w:r w:rsidR="00B479E8" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paths</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sessions designed to support the development of emotional awareness, and increasing self-control and emotional literacy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8883C3" w14:textId="6934926A" w:rsidR="006F7890" w:rsidRPr="005275D2" w:rsidRDefault="006F7890" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E42E36" w14:textId="1AB05DE3" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0039182E">
+    </w:p>
+    <w:p w14:paraId="5EC8E6F7" w14:textId="0BAC6212" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Other Partners</w:t>
-[...35 lines deleted...]
-          <w:szCs w:val="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A75686A" w14:textId="20E1CE71" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...163 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CE09961" wp14:editId="0F68F888">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="634835DB" wp14:editId="43EBC4F4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4414520</wp:posOffset>
+              <wp:posOffset>4846320</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>163195</wp:posOffset>
+              <wp:posOffset>-510540</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1700530" cy="1219200"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1319530" cy="946041"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapNone/>
             <wp:docPr id="34" name="Picture 34" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\keep-our-children-safe[1].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 24" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\keep-our-children-safe[1].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28">
+                    <a:blip r:embed="rId41">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1700530" cy="1219200"/>
+                      <a:ext cx="1327228" cy="951560"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00B479E8" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:b/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
+        <w:t>hild Welfare and Safety</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727B0038" w14:textId="16815C39" w:rsidR="009A3DB0" w:rsidRPr="005275D2" w:rsidRDefault="009A3DB0" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
-[...173 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="284A81FD" w14:textId="3F16C342" w:rsidR="009A3DB0" w:rsidRPr="009A3DB0" w:rsidRDefault="00AF1C65" w:rsidP="009A3DB0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3DB0" w:rsidRPr="009A3DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll staff in the nursery are guided on policy &amp; procedures relating to child safety, protection, &amp; welfare by Glasgow City Council. All educational establishments must take positive steps to help children protect themselves by ensuring that health </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3DB0" w:rsidRPr="009A3DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal safety are central to the curriculum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AF1C59" w14:textId="77777777" w:rsidR="009A3DB0" w:rsidRPr="005275D2" w:rsidRDefault="009A3DB0" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35339475" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We take positive steps to help children protect themselves by</w:t>
       </w:r>
-      <w:r w:rsidR="008E71AC" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="008E71AC" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="16D32034" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ensuring that children are respected and listened to</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="3C871A3F" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ensuring staff are aware of our child protection procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="2606B4EF" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Working in partnership with other agencies to ensure professionals collaborate effectively to protect children and families</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="6A580AB1" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Implementing positive messages for young children</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00012675" w:rsidRPr="00A93471" w:rsidRDefault="00012675" w:rsidP="0070004F">
-[...10 lines deleted...]
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00915BC2">
+    <w:p w14:paraId="14ABBA2D" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1216EF" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013C2845" w14:textId="77777777" w:rsidR="00EB4877" w:rsidRPr="005275D2" w:rsidRDefault="00EB4877" w:rsidP="00EB4877">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Head of Centre Elaine Madden is the Child Protection Coordinator and Lesley Hyka is the Depute Child Protection Coordinator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F7CB3A" w14:textId="77777777" w:rsidR="00EB4877" w:rsidRPr="005275D2" w:rsidRDefault="00EB4877" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20068659" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Should any member of staff have concerns regarding the welfare or safety of any child, they must report these concerns to the Head of Establishment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D3249C" w14:textId="77777777" w:rsidR="000E4087" w:rsidRPr="005275D2" w:rsidRDefault="000E4087" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355CCEA9" w14:textId="2A43F5A1" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Head of Centre or the person deputising for the Head, after judging that there may be grounds for concern regarding the welfare or safety of any child, must then immediately advise the duty Senior Social Worker at the local Social Services area office of the circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44710A6D" w14:textId="3C2C354A" w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
+    <w:p w14:paraId="3FA9DA0E" w14:textId="0A092992" w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRPr="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+    <w:p w14:paraId="2DFB3F3D" w14:textId="07052F54" w:rsidR="00F0690E" w:rsidRDefault="005275D2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E71AC">
-[...41 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00A93471">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="120870FF" wp14:editId="68E390E5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15571823" wp14:editId="1FC64C13">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>2391410</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4786630</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>490220</wp:posOffset>
+              <wp:posOffset>43815</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1028700" cy="588645"/>
             <wp:effectExtent l="38100" t="38100" r="38100" b="40005"/>
             <wp:wrapNone/>
             <wp:docPr id="41" name="Picture 41" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\privacy_2[1].jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 28" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\privacy_2[1].jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29" cstate="print">
+                    <a:blip r:embed="rId42" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="246202">
                       <a:off x="0" y="0"/>
                       <a:ext cx="1028700" cy="588645"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="00A93471">
-[...14 lines deleted...]
-    <w:p w:rsidR="008E71AC" w:rsidRDefault="008E71AC" w:rsidP="00915BC2">
+    </w:p>
+    <w:p w14:paraId="1AB5DA1C" w14:textId="5DB733E3" w:rsidR="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="006F7890" w:rsidRDefault="006F7890" w:rsidP="00915BC2">
+      <w:r w:rsidRPr="008E71AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Protection </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467D1B9B" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="008E71AC" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F7890" w:rsidRDefault="006F7890" w:rsidP="00915BC2">
+    <w:p w14:paraId="537127EF" w14:textId="34E86E95" w:rsidR="00915BC2" w:rsidRDefault="00810F41" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="006F7890" w:rsidRDefault="006F7890" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We collect information about children attending our Nursery (and also their </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF292F" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/carers</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02B80" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, emergency contact etc provided in enrolment paperwork and annual data checks) to allow us to carry out the Council’s function as the education authority for the City of Glasgow.  This may sometimes involve releasing personal information to other </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF292F" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agencies and other parts of the Council, particularly in relation to child protection issues or criminal investigations, and it may also be used for research purposes (see link below for more details regarding this).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD00F9B" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="008E71AC" w:rsidRPr="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B63F3B" w14:textId="77777777" w:rsidR="005A6557" w:rsidRPr="005275D2" w:rsidRDefault="00AF292F" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information held by the nursery is, in legal terms, processed by Glasgow City Council.  The Council is registered as a data controller under the Data Protection Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6C75" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD6C75" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD6C75" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and all personal data is treated as confidential and used only in accordance with the Data Protection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD6C75" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Act,  the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD6C75" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> General Data Protevtion Regulations, and the Information</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0B7C" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Use and Privacy Policy approved by the City </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0B7C" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Dealing with Racial Harassment</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+        <w:t xml:space="preserve">Council.  For more information on how we use personal information or to see a copy of the Information Use and Privacy Policy, see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidR="005A6557" w:rsidRPr="005275D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.glasgow.gov.uk/privacy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005A6557" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6143F0D8" w14:textId="77777777" w:rsidR="005A6557" w:rsidRPr="005275D2" w:rsidRDefault="005A6557" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="629E5252" w14:textId="55D5EE0C" w:rsidR="00AF292F" w:rsidRPr="005275D2" w:rsidRDefault="005A6557" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Educ</w:t>
+      </w:r>
+      <w:r w:rsidR="00236849" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ation specific privacy statements can be accessed at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6B4929" w14:textId="3C1B5E06" w:rsidR="00236849" w:rsidRPr="005275D2" w:rsidRDefault="00236849" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00217B37" w:rsidRDefault="00302ACC" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.glasgow.gov.uk/search?q=education+privacy+statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3715CDF2" w14:textId="77777777" w:rsidR="008E71AC" w:rsidRPr="005275D2" w:rsidRDefault="008E71AC" w:rsidP="005275D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F0F309" w14:textId="77777777" w:rsidR="006F7890" w:rsidRPr="005275D2" w:rsidRDefault="006F7890" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="008E71AC" w:rsidRDefault="008E71AC" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67906FBA" w14:textId="77777777" w:rsidR="006528B4" w:rsidRPr="005275D2" w:rsidRDefault="006528B4" w:rsidP="006528B4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EF05E5" w:rsidRPr="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Harassment &amp; Equality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6873033E" w14:textId="77777777" w:rsidR="006528B4" w:rsidRPr="006528B4" w:rsidRDefault="006528B4" w:rsidP="006528B4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E71AC">
-[...11 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    </w:p>
+    <w:p w14:paraId="2B1B2968" w14:textId="429EEF1A" w:rsidR="006528B4" w:rsidRPr="005275D2" w:rsidRDefault="006528B4" w:rsidP="006528B4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528B4">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bullying or intolerant behaviour will not be tolerated within Glasgow City Council buildings or workplaces. Discrimination or harassment of any sort that goes against the Equality Act (2010) can be considered a criminal offence and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001778FB" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rockfield </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nursery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operates a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zero tolerance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy in line with GCC guidance and Equality legislation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648CD7A0" w14:textId="77777777" w:rsidR="001778FB" w:rsidRPr="006528B4" w:rsidRDefault="001778FB" w:rsidP="006528B4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRDefault="008E71AC" w:rsidP="00915BC2">
+    <w:p w14:paraId="4C1057C4" w14:textId="77777777" w:rsidR="006528B4" w:rsidRPr="006528B4" w:rsidRDefault="006528B4" w:rsidP="006528B4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRPr="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We strive to ensure everyone can access, and feel welcome into, the nursery, facing zero or manageable barriers to equal access and interactions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAF7BEE" w14:textId="399BA832" w:rsidR="008E71AC" w:rsidRPr="005275D2" w:rsidRDefault="006528B4" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our nursery is designed to ensure that everyone has equal opportunities for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">access </w:t>
+      </w:r>
+      <w:r w:rsidR="001778FB" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001778FB" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1401A" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">feel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">included. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA0B9D3" w14:textId="77777777" w:rsidR="00F1401A" w:rsidRPr="005275D2" w:rsidRDefault="00F1401A" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26323B3F" w14:textId="501B196D" w:rsidR="00EF05E5" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00302ACC">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dealing with Violence and Aggression towards Staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E426370" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00327869" w:rsidP="008E71AC">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701794EF" w14:textId="7BECD12F" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Glasgow City Council has a </w:t>
+      </w:r>
+      <w:r w:rsidR="00855B18" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zero-tolerance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy towards violence and aggression within their establishments. We welcome your support in ensuring our environment is safe and respectful.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B985BE" w14:textId="36E6A4EE" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BA617C" w14:textId="33FE27AB" w:rsidR="00855B18" w:rsidRPr="005275D2" w:rsidRDefault="00855B18" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08B0388D" w14:textId="6789276D" w:rsidR="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Freedom of Information (Scotland) Act 2002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F75A21" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="008E71AC" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B761D43" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Freedom of Information (Scotland) Act 2002 (FOI) enables any person to obtain information from Scottish public authorities. The Act applies to all Scottish Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4D7B57" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authorities including: Scottish Executive and its agencies; Scottish Parliament; Local</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108196F2" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00302ACC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authorities; NHS Scotland; Universities and further education colleges and the Police.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56886953" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00327869" w:rsidP="008E71AC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F72B914" wp14:editId="2F32F801">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D4A3627" wp14:editId="630C48F6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-542925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>381000</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1101090" cy="586740"/>
             <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
             <wp:wrapNone/>
             <wp:docPr id="42" name="Picture 42" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\0_s45IC5GSMiG0u27a[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 29" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\0_s45IC5GSMiG0u27a[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31" cstate="print">
+                    <a:blip r:embed="rId44" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1101090" cy="586740"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="00A93471">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public authorities have to allow access to any information which they hold including information about:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="4A3D83D2" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The provision, cost and standard of its service</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="34F6F3FE" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Factual information or decision-making &amp;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="00FB35E9" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The reasons for decisions made by it</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="404FEEEE" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The legal right of access includes all types of ‘recorded’ information of any date held by Scottish Public Authorities. From 1st January 2005, any person who makes a request for information must be provided with it, subject to certain conditions and exemptions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="558DFEA5" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A93471">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Further information is provided on the Glasgow City Council website.</w:t>
       </w:r>
-      <w:r w:rsidR="008E71AC" w:rsidRPr="00A93471">
+      <w:r w:rsidR="008E71AC" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00217B37" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    <w:p w14:paraId="436EF19C" w14:textId="15BCEB61" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93471">
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="008E71AC" w:rsidRPr="008E71AC" w:rsidRDefault="00327869" w:rsidP="00F0690E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Internet facilities are provided at all Glasgow City Council Public Libraries and Real Learning Centres.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A671EA8" w14:textId="542A7140" w:rsidR="005A689F" w:rsidRPr="005275D2" w:rsidRDefault="005A689F" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1237B635" w14:textId="58426AB4" w:rsidR="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E71AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>No Smoking Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="007E22D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4571759B" w14:textId="583B0EDE" w:rsidR="005275D2" w:rsidRPr="008E71AC" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E55BC22" w14:textId="566023D3" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with Glasgow City Council, there is strictly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NO SMOKING </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>allowed in the building or with</w:t>
+      </w:r>
+      <w:r w:rsidR="00436502" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the grounds of the campus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1F5CFD" w14:textId="414B4958" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3426A5F0" wp14:editId="49B8AA33">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6957FA8E" wp14:editId="0ADA1342">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>5543550</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-563245</wp:posOffset>
+              <wp:posOffset>3175</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="619125" cy="619125"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="43" name="Picture 43" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\No_smoking_sign.svg[1].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 30" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\No_smoking_sign.svg[1].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32" cstate="print">
+                    <a:blip r:embed="rId45" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="619125" cy="619125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="008E71AC">
-[...22 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+    </w:p>
+    <w:p w14:paraId="603F1A78" w14:textId="77777777" w:rsidR="005E69EF" w:rsidRPr="005275D2" w:rsidRDefault="005E69EF" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="00915BC2" w:rsidRPr="00A93471" w:rsidRDefault="00915BC2" w:rsidP="00915BC2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE74F26" w14:textId="77777777" w:rsidR="00F0690E" w:rsidRPr="005275D2" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005E69EF" w:rsidRDefault="005E69EF" w:rsidP="00915BC2">
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17D451AE" w14:textId="77777777" w:rsidR="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00915BC2">
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Health &amp; Safety Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5273590D" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E71AC" w:rsidRPr="008E71AC" w:rsidRDefault="00915BC2" w:rsidP="00F0690E">
+    <w:p w14:paraId="474E30D7" w14:textId="7CDDBDC1" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00915BC2" w:rsidP="007E22D2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS-Bold"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It is our policy to take all reasonable and practical steps to ensure the health, safety and welfare of all staff and service users.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB47D87" w14:textId="77777777" w:rsidR="00012675" w:rsidRPr="005275D2" w:rsidRDefault="00012675" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E71AC">
-[...3 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="30405A38" w14:textId="6B21704A" w:rsidR="00F400D1" w:rsidRDefault="00F400D1" w:rsidP="00EF05E5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Health &amp; Safety Policy</w:t>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD1D655" w14:textId="77777777" w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F74D57A" w14:textId="135775DB" w:rsidR="00C7626C" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6A0F3D" wp14:editId="11D75FC5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251732992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CE03D3C" wp14:editId="093A36A0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3603625</wp:posOffset>
+              <wp:posOffset>-76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>344805</wp:posOffset>
+              <wp:posOffset>223520</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="926465" cy="655320"/>
-[...2 lines deleted...]
-            <wp:docPr id="52" name="Picture 52" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\complaint[1].jpg"/>
+            <wp:extent cx="1889760" cy="1905000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21384"/>
+                <wp:lineTo x="21339" y="21384"/>
+                <wp:lineTo x="21339" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1874542857" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 39" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\F16VAUR6\complaint[1].jpg"/>
+                    <pic:cNvPr id="1874542857" name="Picture 9"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId46">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId47"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1889760" cy="1905000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C7626C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home Learning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC59570" w14:textId="77777777" w:rsidR="00C0539A" w:rsidRDefault="00C0539A" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE7018D" w14:textId="7075F4F1" w:rsidR="00C7626C" w:rsidRPr="00C0539A" w:rsidRDefault="00C0539A" w:rsidP="00C0539A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0539A">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Continuing to learn at home helps children achieve more and feel more confident</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and can be done through engaging and fun experience. Every month we have a rhyme of the month and home learning challenge (shape and colour hunt, cooking together sensory play, outdoor play and exploration, arts and crafts or imaginative play) which is uploaded to seesaw to allow parents to engage with learning at home appropriate to their child’s age and stage of development.  We also have a lending library which has picture books, nursery rhyme books or simple story books to promote language development, vocabulary and listening skills and fosters a love of reading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7682E1F6" w14:textId="77777777" w:rsidR="00C7626C" w:rsidRDefault="00C7626C" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46EAA502" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="689C9BB5" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FDB2BAE" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BD8050" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE68637" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5856C7D2" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B7A660" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D08E91" w14:textId="143CB34F" w:rsidR="00BB3F6E" w:rsidRDefault="00011496" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002120D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Co</w:t>
+      </w:r>
+      <w:r w:rsidR="00291238">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mmunication with Parents and carers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498041F7" w14:textId="2E9B60A6" w:rsidR="00E217EC" w:rsidRDefault="00E217EC" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="011F7FFC" w14:textId="5645A84F" w:rsidR="00291238" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251737088" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="129EA2DB" wp14:editId="462641AB">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>365760</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2042160" cy="1673225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21395"/>
+                <wp:lineTo x="21358" y="21395"/>
+                <wp:lineTo x="21358" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1382785749" name="Picture 20" descr="How to Develop Your Corporate Communication Strategy - HazelNews"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="How to Develop Your Corporate Communication Strategy - HazelNews"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33" cstate="print">
+                    <a:blip r:embed="rId48" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
-                    <a:xfrm rot="21305129">
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="926465" cy="655320"/>
+                      <a:ext cx="2042160" cy="1673225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="00A93471">
-[...14 lines deleted...]
-    <w:p w:rsidR="00012675" w:rsidRDefault="00012675" w:rsidP="0070004F">
+      <w:r w:rsidR="00291238" w:rsidRPr="00291238">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At Rockfield </w:t>
+      </w:r>
+      <w:r w:rsidR="00291238">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nursery, we use a variety of ways to keep in touch with you and work alongside families.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A68848" w14:textId="77777777" w:rsidR="00291238" w:rsidRDefault="00291238" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21ADAA15" w14:textId="4C4A8672" w:rsidR="00291238" w:rsidRDefault="00291238" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Open door policy, the sen</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7626C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ior</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leadership team are available for all parents and carers at any time</w:t>
+      </w:r>
+      <w:r w:rsidR="00637A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please either come into the office or telephone to make an appointment, you are always welcome. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4BC225" w14:textId="77777777" w:rsidR="00637A8C" w:rsidRDefault="00637A8C" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51BC9567" w14:textId="370FE8A2" w:rsidR="00637A8C" w:rsidRDefault="00637A8C" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Newsletters, we send out a monthly newsletter by e-mail and it is also uploaded onto Seesaw a printe</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7626C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> version of the newsletter will also be </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>available if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you require this. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35146390" w14:textId="77777777" w:rsidR="000C6C21" w:rsidRDefault="000C6C21" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2857EDFB" w14:textId="46CB40C9" w:rsidR="000C6C21" w:rsidRDefault="000C6C21" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Letters further information which requires a response will be sent to you in letter form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD5DFDB" w14:textId="12FA9087" w:rsidR="000C6C21" w:rsidRDefault="000C6C21" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F0A198" w14:textId="586F825C" w:rsidR="000C6C21" w:rsidRDefault="000C6C21" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nursery twitter page contains information about </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85282">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been happening and it is good to check this regularly </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2099B">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00E217EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RockfieldGCC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C629823" w14:textId="77777777" w:rsidR="00E217EC" w:rsidRDefault="00E217EC" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78144BD6" w14:textId="77777777" w:rsidR="00E217EC" w:rsidRDefault="00E217EC" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Family Feedback station at the front of our nursery there is a comments box in which you are welcome to provide us with any feedback or concerns anonymously.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75980629" w14:textId="77777777" w:rsidR="00E217EC" w:rsidRDefault="00E217EC" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3F9C45" w14:textId="02622FFB" w:rsidR="00E217EC" w:rsidRDefault="00E217EC" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text messaging – you may also receive </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4110A">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">text reminders about events and closures etc. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F95ED66" w14:textId="77777777" w:rsidR="00A4110A" w:rsidRDefault="00A4110A" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31095704" w14:textId="3DCAD38B" w:rsidR="00A4110A" w:rsidRDefault="00A4110A" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meetings, </w:t>
+      </w:r>
+      <w:r w:rsidR="00652A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parents and carers are welcome into the nursery at any time to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B579DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discuss</w:t>
+      </w:r>
+      <w:r w:rsidR="00652A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any aspects of the child’s development and progress.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00353D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are various </w:t>
+      </w:r>
+      <w:r w:rsidR="00B579DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">care plan days </w:t>
+      </w:r>
+      <w:r w:rsidR="00353D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">throughout the year when you </w:t>
+      </w:r>
+      <w:r w:rsidR="00B579DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be given an appointment to meet with your child’s keyworker and </w:t>
+      </w:r>
+      <w:r w:rsidR="00353D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can discuss</w:t>
+      </w:r>
+      <w:r w:rsidR="00B579DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220BBA21" w14:textId="77777777" w:rsidR="00B579DF" w:rsidRDefault="00B579DF" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38EE5D82" w14:textId="0336A54D" w:rsidR="00B579DF" w:rsidRDefault="00B579DF" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Play and Stay </w:t>
+      </w:r>
+      <w:r w:rsidR="00561FEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>session</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7626C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00561FEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are an excellent opportunity for parent and carers to spend some time together in the nurser</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7626C">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00561FEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and get to know what your child enjoys most. The nursery has themed sessions each month </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10507D6A" w14:textId="77777777" w:rsidR="00561FEE" w:rsidRDefault="00561FEE" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6927EA7D" w14:textId="429A691A" w:rsidR="00E217EC" w:rsidRDefault="00561FEE" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walk &amp; Talk every month you will be invited with your child to come on a walk in the local park.  This is an informal way for you to get to know the nursery staff and other parents in a relaxed </w:t>
+      </w:r>
+      <w:r w:rsidR="00680004">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9B70CD" w14:textId="77777777" w:rsidR="005275D2" w:rsidRDefault="005275D2" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FA0FC4" w14:textId="57F577DD" w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F400D1" w:rsidRDefault="00BB3F6E" w:rsidP="00EF05E5">
+    <w:p w14:paraId="5A5B20A3" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+    </w:p>
+    <w:p w14:paraId="17F3D9E6" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3BA9CB" w14:textId="77777777" w:rsidR="00442858" w:rsidRPr="005275D2" w:rsidRDefault="0070004F" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:drawing>
-[...148 lines deleted...]
-        </w:rPr>
         <w:t>Compliments, Comments and Complaints</w:t>
       </w:r>
-      <w:r w:rsidR="007E22D2">
+      <w:r w:rsidR="007E22D2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EFF736F" wp14:editId="38FC3F45">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="107A7D35" wp14:editId="4622136D">
             <wp:extent cx="19050" cy="9525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="49" name="Picture 49" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\blockpage[1].gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 36" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\C5901JTG\blockpage[1].gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35">
+                    <a:blip r:embed="rId49">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="19050" cy="9525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="00A93471" w:rsidRDefault="0070004F" w:rsidP="00302ACC">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7EFEE965" w14:textId="77777777" w:rsidR="00011496" w:rsidRPr="005275D2" w:rsidRDefault="00011496" w:rsidP="00F0690E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EDCE8D" w14:textId="77777777" w:rsidR="0070004F" w:rsidRDefault="0070004F" w:rsidP="00302ACC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If you have a comment</w:t>
       </w:r>
-      <w:r w:rsidR="00302ACC" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00302ACC" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or complaint</w:t>
       </w:r>
-      <w:r w:rsidR="00302ACC" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00302ACC" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>please approach the Head of Esta</w:t>
       </w:r>
-      <w:r w:rsidR="00302ACC" w:rsidRPr="00A93471">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00302ACC" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>blishment in the first instance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="00A93471" w:rsidRDefault="0070004F" w:rsidP="0070004F">
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3AB56821" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00302ACC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0919D02B" w14:textId="1FBE9411" w:rsidR="0070004F" w:rsidRDefault="0070004F" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your verbal contact has not been met with a satisfactory </w:t>
+      </w:r>
+      <w:r w:rsidR="005275D2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>response,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then you require to state clearly in writing the nature of any complaint. The Head shall respond in </w:t>
+      </w:r>
+      <w:r w:rsidR="005275D2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>writing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and should this still not be to your satisfaction you would then require </w:t>
+      </w:r>
+      <w:r w:rsidR="005275D2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contacting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> our Customer Liaison Unit who will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424B68AC" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E53A609" w14:textId="77777777" w:rsidR="0070004F" w:rsidRDefault="0070004F" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Take a totally neutral stance in fully investigating your complaint;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="00A93471" w:rsidRDefault="0070004F" w:rsidP="0070004F">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="0420525D" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A158BC0" w14:textId="77777777" w:rsidR="0070004F" w:rsidRDefault="0070004F" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Acknowledge receipt of your complaint within five working days;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRDefault="0070004F" w:rsidP="0070004F">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="30536FD7" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179F0E7B" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="0070004F" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>• Give a full written response within a further 10 working days, unless another timescale has been agreed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F0690E" w:rsidRDefault="00F0690E" w:rsidP="0070004F">
-[...69 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4BFB5455" w14:textId="77777777" w:rsidR="00F0690E" w:rsidRPr="005275D2" w:rsidRDefault="00F0690E" w:rsidP="0070004F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54C40E53" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00EF05E5" w:rsidP="003A3F00">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he Customer Liaison Unit can be contacted by phone or e-mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A3F00" w:rsidRPr="009C100B" w:rsidRDefault="003A3F00" w:rsidP="00E038CB">
+    <w:p w14:paraId="00666ADC" w14:textId="77777777" w:rsidR="003A3F00" w:rsidRPr="005275D2" w:rsidRDefault="003A3F00" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="009C100B" w:rsidRDefault="003A3F00" w:rsidP="003A3F00">
+    <w:p w14:paraId="741E3231" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="003A3F00" w:rsidP="003A3F00">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0013716D">
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FC6F034" wp14:editId="7DF9CA9C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="245006C7" wp14:editId="2D20D364">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>8890</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>27305</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="409575" cy="647700"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="36" name="Picture 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId50">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="409575" cy="647700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E038CB">
+      <w:r w:rsidR="00E038CB" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F">
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phone 0141 287 5384 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   E-mai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l:</w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidRPr="003B6FBE">
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="005275D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>education@glasgow.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="009C100B" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="45786B73" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Customer Liaison Unit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="37BF0759" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Education Services,   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="009C100B" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="3689C2BD" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Glasgow City Council</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="5E00AB98" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">City Chambers East,   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRPr="009C100B" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="5AC3C560" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>40 John Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070004F" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
+    <w:p w14:paraId="2377E7F1" w14:textId="77777777" w:rsidR="0070004F" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00E038CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasgow,   </w:t>
       </w:r>
-      <w:r w:rsidR="0070004F" w:rsidRPr="009C100B">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0070004F" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G1 1JL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00906A7B" w:rsidRDefault="00E038CB" w:rsidP="002120D1">
+    <w:p w14:paraId="4A09C9E3" w14:textId="77777777" w:rsidR="00906A7B" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0013716D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          0141 287 5384</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7492F249" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="002120D1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="002120D1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4465DF25" w14:textId="77777777" w:rsidR="00BB3F6E" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB3F6E" w:rsidRDefault="00BB3F6E" w:rsidP="002120D1">
+    <w:p w14:paraId="66DDACE0" w14:textId="77777777" w:rsidR="006F7890" w:rsidRPr="005275D2" w:rsidRDefault="00EF05E5" w:rsidP="002120D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F400D1" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>ddress and Contacts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E137DE" w14:textId="77777777" w:rsidR="00E038CB" w:rsidRPr="005275D2" w:rsidRDefault="00BB3F6E" w:rsidP="002120D1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...225 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F92CB0B" wp14:editId="3D84534A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F5A67A9" wp14:editId="2A47B169">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3662681</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>41275</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2032635" cy="1781175"/>
             <wp:effectExtent l="304800" t="381000" r="272415" b="390525"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Picture 12" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\Thomas-Paul-address-book-Velocity-Art-Design[1].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\mf00013163\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\WZMIER8D\Thomas-Paul-address-book-Velocity-Art-Design[1].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38">
+                    <a:blip r:embed="rId52">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="1721789">
                       <a:off x="0" y="0"/>
                       <a:ext cx="2032635" cy="1781175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRPr="009C100B" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0013716D">
+    <w:p w14:paraId="5828F6A5" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E73A7D7" wp14:editId="25FAAD10">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B6DDC05" wp14:editId="609E5B3F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-353060</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>41275</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="828675" cy="514350"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39" cstate="print">
+                    <a:blip r:embed="rId53" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="828675" cy="514350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Care Inspectorate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00915BC2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="368AFE38" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
-[...28 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4th Floor,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4781DD" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Smithhills</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00906A7B" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B4DB4C2" w14:textId="77777777" w:rsidR="00906A7B" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00915BC2">
-[...15 lines deleted...]
-        <w:t>PA</w:t>
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paisley,PA1 !EB</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00915BC2" w:rsidRPr="009C100B">
-[...19 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3F1C362A" w14:textId="77777777" w:rsidR="00915BC2" w:rsidRPr="005275D2" w:rsidRDefault="00E038CB" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00915BC2">
+      <w:r w:rsidR="00915BC2" w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0141 8434230</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00915BC2">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3856D23C" w14:textId="77777777" w:rsidR="00327869" w:rsidRPr="005275D2" w:rsidRDefault="00327869" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00915BC2">
+    <w:p w14:paraId="75CC0DA1" w14:textId="77777777" w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00915BC2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00327869">
+    <w:p w14:paraId="7807860D" w14:textId="77777777" w:rsidR="005275D2" w:rsidRDefault="005275D2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74CFAFE0" w14:textId="77777777" w:rsidR="005275D2" w:rsidRDefault="005275D2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB4549F" w14:textId="77777777" w:rsidR="005275D2" w:rsidRPr="005275D2" w:rsidRDefault="005275D2" w:rsidP="00915BC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3033BE6B" w14:textId="77777777" w:rsidR="00327869" w:rsidRPr="005275D2" w:rsidRDefault="00327869" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00327869">
+    <w:p w14:paraId="4C1CDC1F" w14:textId="0CDE048B" w:rsidR="00327869" w:rsidRPr="005275D2" w:rsidRDefault="00327869" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0013716D">
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CF068B7" wp14:editId="5DEE2519">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361F58E7" wp14:editId="6BA267AA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>37465</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>74930</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="409575" cy="647700"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId50">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="409575" cy="647700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00327869">
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Early Years Charging Team</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00327869">
+        <w:t xml:space="preserve">              Early Years Charging Team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A357585" w14:textId="77777777" w:rsidR="00327869" w:rsidRPr="005275D2" w:rsidRDefault="00327869" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005275D2">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             Glasgow City Council</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00327869">
+    <w:p w14:paraId="3FEA2424" w14:textId="77777777" w:rsidR="00327869" w:rsidRDefault="00327869" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="009524F4">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>40 John Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="000223B3">
+    <w:p w14:paraId="14795518" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="000223B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             Glasgow G1 1JL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="000223B3" w:rsidP="00327869">
+    <w:p w14:paraId="0DC22F4C" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="000223B3" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>0141 287 4702</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="00327869">
+    <w:p w14:paraId="6D9D2536" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="00327869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="40A98812" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17966" w:rsidRDefault="00C17966" w:rsidP="009524F4">
+    <w:p w14:paraId="42D5F354" w14:textId="77777777" w:rsidR="00C17966" w:rsidRDefault="00C17966" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00327869" w:rsidRPr="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="24E4C0B9" w14:textId="77777777" w:rsidR="00327869" w:rsidRPr="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0013716D">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="ComicSansMS"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="287B6083" wp14:editId="20324853">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="506FC51D" wp14:editId="6AE9DA26">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>37465</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>41910</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="409575" cy="647700"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36">
+                    <a:blip r:embed="rId50">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="409575" cy="647700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -14054,365 +17762,532 @@
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="009524F4">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive Director of Education</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="76C23F90" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009524F4">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            Education Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="150D66A9" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Glasgow City Council</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="3E2811E0" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           City Chambers East</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="224285DC" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           40 John Street</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="6D160756" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           Glasgow G1 1JL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009524F4" w:rsidRPr="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+    <w:p w14:paraId="03A801AB" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId41"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C687B1A" w14:textId="2722F89A" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Useful websites:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4773D5" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education Scotland </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidRPr="005275D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://education.gov.scot/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="63336E9F" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Parent Forum of Scotland </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="005275D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.npfs.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4727A519" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parentzone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidRPr="005275D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://education.gov.scot/parentzone/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56F59A08" w14:textId="77777777" w:rsidR="00D40B06" w:rsidRPr="005275D2" w:rsidRDefault="00D40B06" w:rsidP="00D40B06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005275D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Connect https://connect.scot/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012453D9" w14:textId="77777777" w:rsidR="009524F4" w:rsidRDefault="009524F4" w:rsidP="009524F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="915"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009524F4" w:rsidSect="0030128E">
+      <w:headerReference w:type="default" r:id="rId57"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="283" w:footer="283" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00FF67F3">
+    <w:p w14:paraId="7BE2AAB3" w14:textId="77777777" w:rsidR="006F2F46" w:rsidRDefault="006F2F46" w:rsidP="00FF67F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00FF67F3">
+    <w:p w14:paraId="523F424A" w14:textId="77777777" w:rsidR="006F2F46" w:rsidRDefault="006F2F46" w:rsidP="00FF67F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palace Script MT">
     <w:panose1 w:val="030303020206070C0B05"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Poppins">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="ComicSansMS">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ComicSansMS-Bold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="391F1CDB" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00FF67F3">
+    <w:p w14:paraId="4D5DE9DF" w14:textId="77777777" w:rsidR="006F2F46" w:rsidRDefault="006F2F46" w:rsidP="00FF67F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00FF67F3">
+    <w:p w14:paraId="4741DA6C" w14:textId="77777777" w:rsidR="006F2F46" w:rsidRDefault="006F2F46" w:rsidP="00FF67F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0039182E" w:rsidRDefault="0039182E" w:rsidP="00CF1F98">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="687711D4" w14:textId="77777777" w:rsidR="002F6C23" w:rsidRDefault="002F6C23" w:rsidP="00CF1F98">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1905"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="94021401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A4DE33B"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -17069,50 +20944,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67D35896"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9B92D3AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A35500A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C657C4"/>
     <w:lvl w:ilvl="0" w:tplc="08090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17181,51 +21205,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A882A68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1DA1518"/>
     <w:lvl w:ilvl="0" w:tplc="8F38F6C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Comic Sans MS" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -17293,51 +21317,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B57241B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EF636E0"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17406,51 +21430,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F485A64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D408C9CE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17519,51 +21543,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D55E02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="559EEBFC"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17659,51 +21683,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77111599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8509246"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17772,102 +21796,102 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="785A49C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3F63E80"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F4B4534"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22CA02DE"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17936,403 +21960,554 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1624310409">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1273056024">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1466660223">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1592735696">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1444686400">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="406390743">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1593661995">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1153595373">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="273365957">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1211577253">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="773788609">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2033333119">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1640305985">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1308629521">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="687949837">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2098402845">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="137458462">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="429593936">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="385956119">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1235626330">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1198934742">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1862888007">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1745908653">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="446583952">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1958414594">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1540505933">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="27" w16cid:durableId="1712487260">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="28" w16cid:durableId="2105758779">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4">
-[...44 lines deleted...]
-  <w:num w:numId="19">
+  <w:num w:numId="29" w16cid:durableId="1842087529">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="30" w16cid:durableId="2056614172">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="21">
-[...23 lines deleted...]
-  <w:num w:numId="29">
+  <w:num w:numId="31" w16cid:durableId="1284918630">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="30">
-[...2 lines deleted...]
-  <w:num w:numId="31">
+  <w:num w:numId="32" w16cid:durableId="1624917962">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C100B"/>
+    <w:rsid w:val="00005C97"/>
+    <w:rsid w:val="00011496"/>
     <w:rsid w:val="00012675"/>
+    <w:rsid w:val="000127BE"/>
     <w:rsid w:val="000205A1"/>
     <w:rsid w:val="000223B3"/>
     <w:rsid w:val="00023351"/>
     <w:rsid w:val="00033C40"/>
+    <w:rsid w:val="000374E1"/>
     <w:rsid w:val="0005744A"/>
+    <w:rsid w:val="00060960"/>
     <w:rsid w:val="0006120E"/>
+    <w:rsid w:val="00061935"/>
     <w:rsid w:val="00070EBC"/>
     <w:rsid w:val="00087366"/>
     <w:rsid w:val="000942A3"/>
     <w:rsid w:val="000B584B"/>
+    <w:rsid w:val="000C6C21"/>
+    <w:rsid w:val="000D0B7C"/>
     <w:rsid w:val="000D0D39"/>
+    <w:rsid w:val="000E4087"/>
+    <w:rsid w:val="000E7A60"/>
     <w:rsid w:val="000F17D1"/>
+    <w:rsid w:val="000F1B4E"/>
     <w:rsid w:val="000F5972"/>
     <w:rsid w:val="000F785E"/>
+    <w:rsid w:val="001159E0"/>
     <w:rsid w:val="0011639C"/>
+    <w:rsid w:val="0011760F"/>
     <w:rsid w:val="00131D5C"/>
     <w:rsid w:val="00137FEA"/>
     <w:rsid w:val="00147196"/>
     <w:rsid w:val="0015061A"/>
     <w:rsid w:val="00152357"/>
     <w:rsid w:val="00166478"/>
     <w:rsid w:val="00173B94"/>
+    <w:rsid w:val="001778FB"/>
+    <w:rsid w:val="00180D0F"/>
+    <w:rsid w:val="001A550C"/>
+    <w:rsid w:val="001B4B0C"/>
+    <w:rsid w:val="001B5836"/>
+    <w:rsid w:val="001C2A06"/>
+    <w:rsid w:val="001C6C48"/>
+    <w:rsid w:val="001D4DB7"/>
     <w:rsid w:val="001F0F65"/>
     <w:rsid w:val="002065F2"/>
     <w:rsid w:val="002120D1"/>
+    <w:rsid w:val="00215175"/>
     <w:rsid w:val="00217B37"/>
+    <w:rsid w:val="00226558"/>
     <w:rsid w:val="0022724A"/>
+    <w:rsid w:val="00236849"/>
     <w:rsid w:val="00245BA5"/>
     <w:rsid w:val="00273F27"/>
+    <w:rsid w:val="00282439"/>
+    <w:rsid w:val="00282546"/>
+    <w:rsid w:val="00291238"/>
     <w:rsid w:val="002A185C"/>
     <w:rsid w:val="002A30E9"/>
+    <w:rsid w:val="002A57B1"/>
     <w:rsid w:val="002C3EE7"/>
+    <w:rsid w:val="002D42FA"/>
+    <w:rsid w:val="002F6C23"/>
     <w:rsid w:val="0030128E"/>
     <w:rsid w:val="00302ACC"/>
     <w:rsid w:val="00302BB7"/>
     <w:rsid w:val="00303E8B"/>
     <w:rsid w:val="003045D3"/>
+    <w:rsid w:val="00315D63"/>
     <w:rsid w:val="00327869"/>
+    <w:rsid w:val="00353D77"/>
     <w:rsid w:val="00355EB6"/>
     <w:rsid w:val="00362297"/>
     <w:rsid w:val="003909A5"/>
     <w:rsid w:val="0039182E"/>
     <w:rsid w:val="003A0EF8"/>
     <w:rsid w:val="003A3F00"/>
+    <w:rsid w:val="003B0D0A"/>
     <w:rsid w:val="003B2379"/>
     <w:rsid w:val="003B2AFC"/>
     <w:rsid w:val="003B72E4"/>
     <w:rsid w:val="003C2A31"/>
     <w:rsid w:val="003C2EEB"/>
     <w:rsid w:val="003C5948"/>
+    <w:rsid w:val="003C65F3"/>
     <w:rsid w:val="003C67F5"/>
+    <w:rsid w:val="003D1919"/>
     <w:rsid w:val="003E0B5A"/>
+    <w:rsid w:val="00403108"/>
     <w:rsid w:val="0042786F"/>
     <w:rsid w:val="0043398D"/>
     <w:rsid w:val="00436502"/>
     <w:rsid w:val="00437255"/>
     <w:rsid w:val="00442858"/>
     <w:rsid w:val="00450DE5"/>
     <w:rsid w:val="00455751"/>
     <w:rsid w:val="0046486A"/>
+    <w:rsid w:val="00486112"/>
     <w:rsid w:val="00494995"/>
+    <w:rsid w:val="00495396"/>
+    <w:rsid w:val="004A7376"/>
     <w:rsid w:val="004B543A"/>
     <w:rsid w:val="004B61CA"/>
     <w:rsid w:val="004B7ABD"/>
     <w:rsid w:val="004C3FE1"/>
+    <w:rsid w:val="004D00A3"/>
+    <w:rsid w:val="004D2A9E"/>
     <w:rsid w:val="004E2673"/>
     <w:rsid w:val="004F047E"/>
     <w:rsid w:val="004F37E2"/>
+    <w:rsid w:val="005275D2"/>
+    <w:rsid w:val="00530F2B"/>
+    <w:rsid w:val="00533514"/>
     <w:rsid w:val="00533E93"/>
+    <w:rsid w:val="00534B83"/>
     <w:rsid w:val="00546334"/>
+    <w:rsid w:val="005464C5"/>
+    <w:rsid w:val="00553452"/>
+    <w:rsid w:val="00561FEE"/>
+    <w:rsid w:val="00565931"/>
     <w:rsid w:val="005769AF"/>
     <w:rsid w:val="0057786A"/>
+    <w:rsid w:val="00586440"/>
     <w:rsid w:val="0058777E"/>
     <w:rsid w:val="00596B69"/>
+    <w:rsid w:val="005A6557"/>
+    <w:rsid w:val="005A689F"/>
     <w:rsid w:val="005B0ED7"/>
     <w:rsid w:val="005C3002"/>
     <w:rsid w:val="005C57DB"/>
     <w:rsid w:val="005D6466"/>
     <w:rsid w:val="005E69EF"/>
     <w:rsid w:val="005E6CF9"/>
     <w:rsid w:val="005F2BF0"/>
     <w:rsid w:val="005F5BA9"/>
+    <w:rsid w:val="00611A51"/>
     <w:rsid w:val="00626531"/>
     <w:rsid w:val="00630616"/>
+    <w:rsid w:val="00637A8C"/>
+    <w:rsid w:val="006406AF"/>
     <w:rsid w:val="006461A7"/>
+    <w:rsid w:val="006528B4"/>
+    <w:rsid w:val="00652A77"/>
+    <w:rsid w:val="00661426"/>
+    <w:rsid w:val="00680004"/>
     <w:rsid w:val="006852FE"/>
+    <w:rsid w:val="00690007"/>
     <w:rsid w:val="00692DCD"/>
+    <w:rsid w:val="00697684"/>
     <w:rsid w:val="006A0E94"/>
+    <w:rsid w:val="006A1829"/>
+    <w:rsid w:val="006A2DBC"/>
     <w:rsid w:val="006B264F"/>
     <w:rsid w:val="006C5919"/>
     <w:rsid w:val="006C621B"/>
     <w:rsid w:val="006D0E7F"/>
     <w:rsid w:val="006F0879"/>
+    <w:rsid w:val="006F2F46"/>
     <w:rsid w:val="006F7890"/>
     <w:rsid w:val="0070004F"/>
     <w:rsid w:val="007046B6"/>
     <w:rsid w:val="00707D51"/>
+    <w:rsid w:val="00712491"/>
     <w:rsid w:val="007127C5"/>
     <w:rsid w:val="00726950"/>
+    <w:rsid w:val="00744B6B"/>
     <w:rsid w:val="00761292"/>
     <w:rsid w:val="00762CE6"/>
     <w:rsid w:val="00784B83"/>
+    <w:rsid w:val="007A108C"/>
+    <w:rsid w:val="007B0876"/>
     <w:rsid w:val="007C5C51"/>
     <w:rsid w:val="007D1B4E"/>
     <w:rsid w:val="007D7CE8"/>
     <w:rsid w:val="007E22D2"/>
+    <w:rsid w:val="007F4034"/>
+    <w:rsid w:val="00810F41"/>
+    <w:rsid w:val="0083286D"/>
+    <w:rsid w:val="00844943"/>
+    <w:rsid w:val="00851D73"/>
+    <w:rsid w:val="00855B18"/>
     <w:rsid w:val="00864FD9"/>
+    <w:rsid w:val="00872D8F"/>
     <w:rsid w:val="00874422"/>
     <w:rsid w:val="00876C7F"/>
     <w:rsid w:val="0088057B"/>
+    <w:rsid w:val="00884704"/>
     <w:rsid w:val="008A76CA"/>
     <w:rsid w:val="008E2165"/>
     <w:rsid w:val="008E2D75"/>
     <w:rsid w:val="008E71AC"/>
+    <w:rsid w:val="008E7BD2"/>
     <w:rsid w:val="008F40E5"/>
+    <w:rsid w:val="008F5D5E"/>
+    <w:rsid w:val="008F6800"/>
     <w:rsid w:val="00902D55"/>
     <w:rsid w:val="00906A7B"/>
     <w:rsid w:val="00915BC2"/>
     <w:rsid w:val="0091713F"/>
     <w:rsid w:val="00934547"/>
     <w:rsid w:val="009524F4"/>
+    <w:rsid w:val="00963EA3"/>
     <w:rsid w:val="0096620C"/>
+    <w:rsid w:val="009732FE"/>
+    <w:rsid w:val="0097504A"/>
+    <w:rsid w:val="00987A9D"/>
+    <w:rsid w:val="009A3DB0"/>
+    <w:rsid w:val="009B07E7"/>
     <w:rsid w:val="009C100B"/>
+    <w:rsid w:val="009C21DD"/>
     <w:rsid w:val="009C39DF"/>
     <w:rsid w:val="009C62D7"/>
     <w:rsid w:val="009D7E41"/>
+    <w:rsid w:val="009F19C4"/>
     <w:rsid w:val="00A1537D"/>
+    <w:rsid w:val="00A261BD"/>
+    <w:rsid w:val="00A31825"/>
     <w:rsid w:val="00A354F7"/>
+    <w:rsid w:val="00A4110A"/>
     <w:rsid w:val="00A4507B"/>
+    <w:rsid w:val="00A469BB"/>
     <w:rsid w:val="00A6204B"/>
+    <w:rsid w:val="00A64CE5"/>
+    <w:rsid w:val="00A714BA"/>
+    <w:rsid w:val="00A766C8"/>
+    <w:rsid w:val="00A85F9D"/>
     <w:rsid w:val="00A93471"/>
     <w:rsid w:val="00A95505"/>
     <w:rsid w:val="00A96450"/>
     <w:rsid w:val="00AA3EFB"/>
     <w:rsid w:val="00AA517C"/>
+    <w:rsid w:val="00AA757B"/>
     <w:rsid w:val="00AB6314"/>
     <w:rsid w:val="00AD61ED"/>
     <w:rsid w:val="00AE0A56"/>
+    <w:rsid w:val="00AF1C65"/>
+    <w:rsid w:val="00AF292F"/>
+    <w:rsid w:val="00B02B80"/>
     <w:rsid w:val="00B2084D"/>
+    <w:rsid w:val="00B2099B"/>
+    <w:rsid w:val="00B4703B"/>
+    <w:rsid w:val="00B479E8"/>
+    <w:rsid w:val="00B537DE"/>
+    <w:rsid w:val="00B579DF"/>
+    <w:rsid w:val="00B632DE"/>
+    <w:rsid w:val="00B65A07"/>
     <w:rsid w:val="00B65F62"/>
     <w:rsid w:val="00B7460F"/>
+    <w:rsid w:val="00B76C0A"/>
     <w:rsid w:val="00B8133D"/>
+    <w:rsid w:val="00BA4383"/>
     <w:rsid w:val="00BA66FB"/>
+    <w:rsid w:val="00BB2D5A"/>
     <w:rsid w:val="00BB3F6E"/>
+    <w:rsid w:val="00BB434A"/>
+    <w:rsid w:val="00BC2ECD"/>
     <w:rsid w:val="00BC6D59"/>
     <w:rsid w:val="00BD1104"/>
+    <w:rsid w:val="00BD3260"/>
+    <w:rsid w:val="00BD654F"/>
     <w:rsid w:val="00BF5268"/>
+    <w:rsid w:val="00C0539A"/>
     <w:rsid w:val="00C11B7A"/>
     <w:rsid w:val="00C17966"/>
     <w:rsid w:val="00C4573C"/>
+    <w:rsid w:val="00C5333A"/>
+    <w:rsid w:val="00C7626C"/>
     <w:rsid w:val="00C815A1"/>
+    <w:rsid w:val="00C85282"/>
     <w:rsid w:val="00C91C9F"/>
     <w:rsid w:val="00CA5B9B"/>
     <w:rsid w:val="00CE5883"/>
     <w:rsid w:val="00CF1F98"/>
+    <w:rsid w:val="00CF2949"/>
     <w:rsid w:val="00CF539F"/>
+    <w:rsid w:val="00D120AB"/>
+    <w:rsid w:val="00D2567D"/>
+    <w:rsid w:val="00D2685A"/>
     <w:rsid w:val="00D32B68"/>
     <w:rsid w:val="00D375D1"/>
+    <w:rsid w:val="00D40B06"/>
     <w:rsid w:val="00D444C5"/>
     <w:rsid w:val="00D534BE"/>
+    <w:rsid w:val="00D673D8"/>
     <w:rsid w:val="00D90939"/>
     <w:rsid w:val="00D95AA5"/>
     <w:rsid w:val="00DA5358"/>
+    <w:rsid w:val="00DB5261"/>
+    <w:rsid w:val="00DD0245"/>
     <w:rsid w:val="00DD4CD2"/>
     <w:rsid w:val="00E038CB"/>
+    <w:rsid w:val="00E217EC"/>
     <w:rsid w:val="00E53DD3"/>
+    <w:rsid w:val="00E60B71"/>
+    <w:rsid w:val="00E74203"/>
     <w:rsid w:val="00E74BA9"/>
+    <w:rsid w:val="00E904AA"/>
+    <w:rsid w:val="00EA762B"/>
+    <w:rsid w:val="00EB0E8B"/>
+    <w:rsid w:val="00EB0F57"/>
+    <w:rsid w:val="00EB2916"/>
+    <w:rsid w:val="00EB4877"/>
+    <w:rsid w:val="00EB4D7B"/>
+    <w:rsid w:val="00EB605E"/>
+    <w:rsid w:val="00EC6158"/>
     <w:rsid w:val="00ED503B"/>
+    <w:rsid w:val="00EE115B"/>
     <w:rsid w:val="00EE291A"/>
+    <w:rsid w:val="00EE3BE5"/>
     <w:rsid w:val="00EE686A"/>
     <w:rsid w:val="00EF05E5"/>
+    <w:rsid w:val="00EF0C78"/>
     <w:rsid w:val="00EF1B34"/>
     <w:rsid w:val="00EF2F0D"/>
     <w:rsid w:val="00EF5B7A"/>
     <w:rsid w:val="00F0690E"/>
+    <w:rsid w:val="00F1401A"/>
     <w:rsid w:val="00F16BD9"/>
     <w:rsid w:val="00F400D1"/>
     <w:rsid w:val="00F47E65"/>
+    <w:rsid w:val="00F601E3"/>
     <w:rsid w:val="00F66BD2"/>
+    <w:rsid w:val="00F677B6"/>
     <w:rsid w:val="00F759F8"/>
+    <w:rsid w:val="00F903CC"/>
     <w:rsid w:val="00F93324"/>
     <w:rsid w:val="00FA30BE"/>
+    <w:rsid w:val="00FA682F"/>
     <w:rsid w:val="00FC3BCE"/>
     <w:rsid w:val="00FD3CAF"/>
+    <w:rsid w:val="00FD4A28"/>
     <w:rsid w:val="00FD571D"/>
+    <w:rsid w:val="00FD6C75"/>
     <w:rsid w:val="00FF67F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="02BA03B1"/>
+  <w14:docId w14:val="6012EAA8"/>
   <w15:docId w15:val="{3B233382-0BA1-4CE3-853C-68DF704A8A00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18443,51 +22618,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -18664,50 +22839,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B543A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006A0E94"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -18939,56 +23115,227 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF67F3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006A0E94"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="prefade">
+    <w:name w:val="prefade"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00A31825"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00060960"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="172114515">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="316032181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="316619377">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2082210897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="390"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="360473074">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="364408639">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1574973200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="379"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="384379394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="640231338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="831137822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1094202318">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1295255757">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="30"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="90"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="161090196">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="8" w:color="CECECE"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="8" w:color="CECECE"/>
           </w:divBdr>
           <w:divsChild>
@@ -19042,71 +23389,190 @@
                           <w:divsChild>
                             <w:div w:id="363530196">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1349065685">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1612198867">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1909925663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="500"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1860581471">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1934167700">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1958566171">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2039353729">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1157382518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="390"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2094547776">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2145854209">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:headteacher@rockfield-nursery.glasgow.sch.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:education@glasgow.gov.uk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.educationscotland.gov.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glasgow.gov.uk/index.aspx?articleid=9418" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ritimo.org/Worker-led-struggles-for-food-sovereignty-in-Morocco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://peterpappas.com/tag/curriculum-for-excellence" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/sun-lotion-glasses-sun-glasses-313712/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maken.wikiwijs.nl/164112/Word_Office_365_L_L_Deel_3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.emf"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.npfs.org.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:headteacher@rockfield-nursery.glasgow.sch.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glasgow.gov.uk/index.aspx?articleid=9418" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.educationscotland.gov.uk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.gov.scot/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/seattleparks/22593581931" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.emf"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.gov.scot/media/3bjpr3wa/realisingtheambition.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://foto.wuestenigel.com/top-view-vegetables-herbs-and-spices-around-a-white-plate-healthy-eating-concept/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.playscotland.org/resources/risky-play" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glasgow.gov.uk/privacy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.gov.scot/parentzone/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:education@glasgow.gov.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19359,78 +23825,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B797FA06-8398-4305-9530-E330A37AD30B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CBDEAB6-0B75-4DC8-A6E0-BDBA5148A341}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>17589</Characters>
+  <Pages>20</Pages>
+  <Words>4772</Words>
+  <Characters>27202</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>146</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Glasgow City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20633</CharactersWithSpaces>
+  <CharactersWithSpaces>31911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Stewart, R    ( Wellfield Nursery )Rhona Eleanor Ste</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>